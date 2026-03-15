--- v0 (2025-10-06)
+++ v1 (2026-03-15)
@@ -54,2592 +54,2592 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeitura Municipal - PM</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no._002-2022_-_dir._conv..docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no._002-2022_-_dir._conv..docx</t>
   </si>
   <si>
     <t>“Altera a Estrutura Administrativa do Poder Executivo Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no._004-2022_-_altera_meio_ambiente.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no._004-2022_-_altera_meio_ambiente.docx</t>
   </si>
   <si>
     <t>“Altera o Anexo I da Lei Municipal  nº 1.868/2017, de 20 de Janeiro de 2017, que dispõe sobre a atribuição e requisito de investidura  do Cargo em Comissão de Coordenador do Meio Ambiente”.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_10_2021.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_10_2021.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento vigente Crédito adicional especial  e dá outras providências”.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_11_2021.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_11_2021.pdf</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_12_2021.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_12_2021.pdf</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/252/projeto_13_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/252/projeto_13_2022.pdf</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_14_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_14_2022.pdf</t>
   </si>
   <si>
     <t>“Institui no Município o Programa de Combate ao Desemprego e incentivo à Qualificação Profissional e dá outras providências”.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_15_2021.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_15_2021.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento vigente Crédito adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Câmara Municipal de Sales Oliveira - CMSO</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Projeto de Lei nº 17/2022 de autoria da Mesa Diretora da Câmara Municipal  que dispõe sobre reajuste salarial aos funcionários públicos da Câmara Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/263/projeto_de_projeto_de_lei_11_2022.-_reajuste_vereadores.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/263/projeto_de_projeto_de_lei_11_2022.-_reajuste_vereadores.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 18/2022 de autoria da Mesa Diretora da Câmara Municipal  que dispõe sobre revisão dos subsídios dos Agentes políticos do município conforme trata a Lei Municipal nº 2.032/2020 de 03/08/2020 e Resolução nº 01/2020 de 03/08/2020”.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_19_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_19_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento vigente Crédito adicional especial e dá outras providências”.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_20_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_20_2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o instituto  de Previdência dos Servidores Municipais de Sales Oliveira a efetuar a restituição de contribuições previdenciárias nos casos que especifica  e dá outras providências”.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_21_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_21_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento vigente Crédito adicional especial, suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/267/projeto_de_lei_22_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/267/projeto_de_lei_22_2022.pdf</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_de_lei_23_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_de_lei_23_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_24_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_24_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional suplementar  e dá outras providências”.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_25_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_25_2022.pdf</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/278/proejto_de_lei_26_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/278/proejto_de_lei_26_2022.pdf</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/279/projeto_de_lei_27_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/279/projeto_de_lei_27_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional especial e dá outras providências”.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/280/projeto_de_lei_28_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/280/projeto_de_lei_28_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional suplementar e especial e dá outras providências”.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/281/proejto_de_lei_29_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/281/proejto_de_lei_29_2022.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 2º da Lei nº 1.721, de 19 de agosto de 2013, que dispõe sobre a criação de funções que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_31_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_31_2022.pdf</t>
   </si>
   <si>
     <t>“Altera a redação , do Artigo 2º da Lei nº 2000 de 11 de Março de 2020 que dispõe sobre  a composição do COMTUR – Conselho de Turismo de Sales Oliveira”.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_32_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_32_2022.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Recuperação Fiscal de Sales Oliveira (REFIS 2022) e dá outras providências”.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_34_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_34_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente Crédito Adicional Suplementar  e dá outras providências”.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_35_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_35_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente Crédito Adicional Especial  e dá outras providências”.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_38_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_38_2022.pdf</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_39_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_39_2022.pdf</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/301/projeto_de_lei_41_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/301/projeto_de_lei_41_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente Crédito Adicional Suplementar e Especial e dá outras providências”.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_42_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_42_2022.pdf</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/303/projeto_de_lei_43_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/303/projeto_de_lei_43_2022.pdf</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/304/projeto_de_lei_44_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/304/projeto_de_lei_44_2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza a celebração de convênio com a Secretaria do Estado de Segurança Pública, objetivando a conjunção de esforços para emprego de policiais militares em atividades municipais delegadas ao Estado de São Paulo e cria a Gratificação por Desempenho de Atividade Delegada nos termos que especifica esta Lei, a ser paga aos militares do Estado de São Paulo que exercem atividade  Municipal delegada  ao Estado de São Paulo, e dá outras providências”.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/305/projeto_de_lei_45_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/305/projeto_de_lei_45_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente Crédito Adicional Suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/306/projeto_de_lei_46_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/306/projeto_de_lei_46_2022.pdf</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/307/projeto_de_projeto_de_lei_47_2022.-_reajuste_auxilio_alimentacao.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/307/projeto_de_projeto_de_lei_47_2022.-_reajuste_auxilio_alimentacao.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre o Reajuste do valor do Auxilio-Alimentação previsto pela Lei Municipal n º 2.004/2020 de 23 de Março de 2020 e dá outras providências”.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_projeto_de_lei_48_2022.-_credito_suplementar.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_projeto_de_lei_48_2022.-_credito_suplementar.docx</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente da Câmara Municipal, crédito adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_49_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_49_2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Público Municipal a conceder abono aos profissionais da educação básica com recursos remanescentes do Exercício de 2021 do Fundo de Manutenção  e Desenvolvimento da Educação Básica  e de valorização dos Profissionais de Educação (FUNDEB) nos termos do Art. 26, § 2º nº 14.113 de 25 de Dezembro de 2020 e dá outras providências”.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_de_lei_n_50_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_de_lei_n_50_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito Adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/317/projeto_de_lei_51_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/317/projeto_de_lei_51_2022.pdf</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_52_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_52_2022.pdf</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/328/projeto_de_lei_54_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/328/projeto_de_lei_54_2022.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 2º da Lei Municipal nº 1.399 de 04 de Maio de 2005 e dá outras providências”.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/329/projeto_de_lei_56_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/329/projeto_de_lei_56_2022.pdf</t>
   </si>
   <si>
     <t>“Inclui o Parágrafo Terceiro no Art. 5º e Insere o Anexo IV na Lei Municipal nº 1.574/2010 e dá outras providências”.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_57_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_57_2022.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 4º da Lei Municipal nº 1.726/2013 e dá outras providências”.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_58_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_58_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Sistema de Controle Interno no âmbito do Município de Sales Oliveira e dá outras providências”.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_lei_59_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_lei_59_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre abertura no orçamento vigente de  crédito adicional suplementar  e especial e dá outras providências”.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei_60_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei_60_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura no orçamento vigente de crédito adicional  suplementar e especial e dá outras providências”.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_61_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_61_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre medidas que visam acabar gradativamente  com os maus tratos contra animais domésticos no Município de Sales Oliveira e dá outras providências”.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_62_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_62_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre abertura de crédito adicional suplementar e especial e dá outras providências”.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_63_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_63_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar e especial e dá outras providências”.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/342/projeto_de_lei_64_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/342/projeto_de_lei_64_2022.pdf</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>“Dispõe sobre abertura de crédito adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_68_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_68_2022.pdf</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_69_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_69_2022.pdf</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_70_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_70_2022.pdf</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_71_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_71_2022.pdf</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei__72_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei__72_2022.pdf</t>
   </si>
   <si>
     <t>que “Dispõe sobre abertura de crédito adicional suplementar e especial e dá outras providências”.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Luiz Roberto Sampronio Resende</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_projeto_73_2022_lista_de_medicamentos_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_projeto_73_2022_lista_de_medicamentos_-_luizinho.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a publicação em site na internet da lista de espera de consultas comuns ou especializadas, exames, cirurgias e quaisquer outros procedimentos ou ações de saúde agendada pelos cidadãos no município”.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_74_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_74_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre abertura de crédito adicional especial e dá outras providências”.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_75_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_75_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe autorização da realização de Termo de Colaboração nº 09/2022 com a Associação de Amigos do Autista  - AMA RP”.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_76_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_76_2022.pdf</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_77_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_77_2022.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei 2.162, de 26 de abril de 2022”.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_78_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_78_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre: desafetação e permuta de área entre a Prefeitura Municipal e o Loteamento Jardim Aurora II, sendo 1.242,32 m² (um mil, duzentos e quarenta e dois metros quadrados  e trinta e dois centésimos de metro quadrado) correspondente  a área da rua que será doada  através deste ato para a Prefeitura  e 377,17 m² (trezentos e setenta e sete metros quadrados  e dezessete centésimos de metro quadrado) que deixará de ser patrimônio municipal e passará  ao domínio particular”.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_lei_79_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_lei_79_2022.pdf</t>
   </si>
   <si>
     <t>“Insere o Art. 7º-A na Lei Municipal nº 1.720/2013, o Art. 4º da Lei nº 1.726/2013 e o parágrafo único do Art. 2º da Lei Municipal nº 2005/2020 e dá outras providências”.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_80_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_80_2022.pdf</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/376/projeto_de_lei_81_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/376/projeto_de_lei_81_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação do loteamento “Residencial Portal das Acácias” neste município de Sales Oliveira -SP e dá outras providências”.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_projeto_84_2022_divulgacao_obras_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_projeto_84_2022_divulgacao_obras_-_luizinho.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade no âmbito Municipal para divulgação de informações sobre obras públicas paralisadas, contendo os motivos, tempo de interrupção e nova data prevista para término”.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/385/projeto_de_lei_85_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/385/projeto_de_lei_85_2022.pdf</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_de_lei_no_86_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_de_lei_no_86_2022.pdf</t>
   </si>
   <si>
     <t>“Altera o Quadro Permanente de Servidores públicos municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_87_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_87_2022.pdf</t>
   </si>
   <si>
     <t>“Altera o prazo previsto na Lei Municipal nº 2.150/2022 de 31 de Março de 2022 que ‘Autoriza o Instituto de Previdência dos Servidores Municipais de Sales Oliveira a efetuar a restituição de contribuições previdenciárias nos casos que especifica e dá outras providências’ e dá outras providências”.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_89_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_89_2022.pdf</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_90_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_90_2022.pdf</t>
   </si>
   <si>
     <t>“Altera o quadro permanente de servidores públicos municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_91_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_91_2022.pdf</t>
   </si>
   <si>
     <t>“Concede reajuste e reenquadra nível de vencimentos dos servidores que especifica, e dá outras providências”.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_92_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_92_2022.pdf</t>
   </si>
   <si>
     <t>“Institui o Conselho Municipal dos Direitos da Pessoa com Deficiência, estabelece a Política Municipal da Pessoa com Deficiência e o Fundo Municipal da Pessoa com Deficiência.”</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/409/projeto_de_lei_93_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/409/projeto_de_lei_93_2022.pdf</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/410/projeto_de_lei_94_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/410/projeto_de_lei_94_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura no Orçamento vigente de crédito adicional especial e dá outras providências”.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_de_lei_95_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_de_lei_95_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de créditos adicionais suplementares e especiais na forma que especifica e dá ouras providências correlatas”.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_de_lei_96_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_de_lei_96_2022.pdf</t>
   </si>
   <si>
     <t>“Altera Dispositivos da Lei Orçamentária Anual e Lei de Diretrizes Orçamentárias na forma que indica e dá outras providências”.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_98_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_98_2022.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_99_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_99_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de créditos adicionais suplementares e especiais na forma que especifica e dá outras providências correlatas”.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_101_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_101_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a estrutura organizacional da Prefeitura Municipal de Sales Oliveira, denomina os Departamentos e Setores, define atribuições e competências dos órgãos de assessoramento direto, intermediário, de gestão direta e coordenadoria setorial da Administração Direta, cria cargos em comissão e função de confiança e dá outras providências.”</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_102_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_102_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de crédito adicional especial e dá outras providências correlatas.”</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>“Altera o quadro permanente de servidores públicos municipais e dá outras providências.”</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/427/proejeto_de_lei_104_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/427/proejeto_de_lei_104_2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a devolver recursos a Secretaria de Atenção Especializada a Saúde na forma e valores que especifica e dá outras providências.”</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_105_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_105_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de créditos adicionais suplementares e dá outras providências correlatas.”</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_de_lei_106_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_de_lei_106_2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar termo de cooperação técnica com a Fundação Educacional de Ituverava e dá outras providências.”</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Gabriel Sinfrônio</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_projeto_107_2022_divulgacao_respostas_-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_projeto_107_2022_divulgacao_respostas_-_gabriel.docx</t>
   </si>
   <si>
     <t>“Dispõe Sobre A Publicação De Respostas De Requerimentos Aprovados Pela Câmara Municipal E De Editais De Audiências Públicas Do Executivo No Site Oficial Do Município”.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_de_lei_108_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_de_lei_108_2022.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal nº 1.912 de 05 de Dezembro de 2017 no que especifica e  dá outras providências.”</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>“Dispõe sobre as Diretrizes Orçamentárias  para o exercício  financeiro de 2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_112_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_112_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de créditos adicionais suplementares na forma que especifica e dá outras providências correlatas”.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Natanael Willians Campanaro da Silva</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_projeto_113_2022_cacs_-_tata.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_projeto_113_2022_cacs_-_tata.docx</t>
   </si>
   <si>
     <t>“Institui o Dia e Reconhece o Risco da Atividade e a efetiva necessidade do porte de armas de fogo ao Atirador Desportivo Integrante de Entidade de Desporto Legalmente Constituídas nos Termos Do Inciso IX do Artigo 6° da Lei Federal N° 10.826 De 2003”.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_de_lei_114_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_de_lei_114_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre abertura de créditos adicionais suplementares  e dá outras  providências.”</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_116_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_116_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre abertura de créditos adicionais suplementares e especiais na forma que especifica e dá outras providências.” –</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_117_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_117_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre abertura de crédito adicional suplementar e dá outras providências.”</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_118_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_118_2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 118/2022 de autoria do Prefeito em Exercício João Carlos de Souza Dias Neto  que “Abre no Orçamento Vigente crédito adicional suplementar e dá outras providências.”</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/467/pl_119_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/467/pl_119_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito adicional especial e dá outras providências”.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/468/pl_120_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/468/pl_120_2022.pdf</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/469/projeto_de_lei_121_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/469/projeto_de_lei_121_2022.pdf</t>
   </si>
   <si>
     <t>Abre no Orçamento Vigente crédito adicional especial, suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/470/projeto_de_lei_122_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/470/projeto_de_lei_122_2022.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 1º da Lei Municipal nº 1.886 de 20 de Abril de 2017 e dá outras providências”.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/471/projeto_de_lei_123_2022_-_loa.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/471/projeto_de_lei_123_2022_-_loa.pdf</t>
   </si>
   <si>
     <t>“Estima a Receita e fixa a Despesa do Município de Sales Oliveira para o exercício de 2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_lei_124_2022.-_fogos_de_artificio__-_luizininho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_lei_124_2022.-_fogos_de_artificio__-_luizininho.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre o uso de fogos de artificio silenciosos em eventos no município de Sales Oliveira, bem como dá outras providências”.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_de_lei_126_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_de_lei_126_2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o poder Executivo Municipal a firmar “Convênio de Cooperação Técnica – Programa  Recompondo os Saberes” com o serviço  social da indústria do Estado de São Paulo (SESI-SP) e dá outras providências.”</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/477/projeto_de_lei_127_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/477/projeto_de_lei_127_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre  a denominação das Quadras Esportivas do ‘Projeto Areninha’  e dá outras providências”.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_de_lei_128_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_de_lei_128_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação da Quadra Esportiva situada no  Jardim Paraíso e dá outras providências”.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_de_lei_129_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_de_lei_129_2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de subvenções sociais  para o cumprimento das emendas impositivas do  orçamento de 2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_de_lei_130_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_de_lei_130_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito adicional especial e suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_135_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_135_2022.pdf</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional suplementar especial e dá outras providências.”</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_projeto_136_2022_dia_do_evangelico_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_projeto_136_2022_dia_do_evangelico_-_luizinho.docx</t>
   </si>
   <si>
     <t>“ Institui o Dia Municipal do Evangélico no Município de Sales Oliveira e dá outras providências”.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Natalia Fernanda Martins</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_de_decreto_legislativo_01__2022.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_de_decreto_legislativo_01__2022.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº01/2022 de autoria da Vereadora Natália Fernanda Martins que “Dispõe sobre a instituição de homenagem a ser concedida ao “Aluno Exemplar” no Município de Sales Oliveira”.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_de__decreto_legislativo_02_2022.-_titulo_de_cidadao_benemerito._docx.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_de__decreto_legislativo_02_2022.-_titulo_de_cidadao_benemerito._docx.docx</t>
   </si>
   <si>
     <t>Concede “Titulo de Cidadão Benemérito” aos Senhores  Felipe Furlan e Guilherme Roberto e dá outras providências”.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Ind</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alessandro de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_n_01_2022_melhoria_ruas_recapeadas_-_alessandro.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_n_01_2022_melhoria_ruas_recapeadas_-_alessandro.docx</t>
   </si>
   <si>
     <t>Nº 01/2022 de autoria do Vereador Alessandro de Sousa que  solicita ao Sr. Prefeito Municipal a pintura e a implantação da sinalização horizontal e vertical nas ruas da cidade que  foram recapeadas, estudo para a implantação de redutores de velocidade do tipo lombada  nas ruas com maior fluxo de veículo e a manutenção das placas de nomenclatura de ruas por toda cidade.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_n_02__2022__limpeza_praca_skate__-_alan_tiago_tata_e_dra.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_n_02__2022__limpeza_praca_skate__-_alan_tiago_tata_e_dra.docx</t>
   </si>
   <si>
     <t>Nº 02/2022 de autoria dos Vereadores  Alan Felipe dos Santos, Marta Cristina Dornellas  Vasconcellos, Natanael Willians Campanaro da Silva e Thiago Alberto Camilo de Oliveira solicitando ao Sr. Prefeito Municipal a limpeza, poda de árvores e iluminação das Praças  Norma Ferriani Barradas e Benedito Godoy no Bairro Estância dos Coqueiros (praça do skate).</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_n_03_2022_reajuste_auxilio_alimentacao-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_n_03_2022_reajuste_auxilio_alimentacao-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 03/2022 de autoria dos Vereadores Alessandro de Sousa, Claudia Helena Ferreira Paganini, Gabriel Sinfrônio, Luiz Roberto Sampronio Resende e Natália Fernanda Martins, solicitando ao Senhor Prefeito Municipal um aumento de R$ 100,00 no Auxilio Alimentação dos funcionários  públicos municipais.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_n_04_2022_reajuste_auxilio_alimentacao_cm-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_n_04_2022_reajuste_auxilio_alimentacao_cm-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 04/2022 de autoria do Vereador Luiz Roberto Sampronio Resende solicitando a Presidente da Câmara Municipal um aumento de R$ 100,00 no Auxilio Alimentação dos funcionários  públicos da Câmara Municipal.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/260/indicacao_n_05_2022_fechamento_de_acesso_iregular_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/260/indicacao_n_05_2022_fechamento_de_acesso_iregular_-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 05/2022 de autoria do Vereador Alessandro de Sousa que solicita ao Sr. Prefeito Municipal do acesso irregular da Avenida Marginal Wagner Godoy, com a Rodovia Francisco Marcos Junqueira Neto, no Bairro Jardim Canaã, em frente Guabi.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/261/indicacao_n_06_2022_fechamento_de_acesso_iregular_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/261/indicacao_n_06_2022_fechamento_de_acesso_iregular_-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 06/2022 de autoria do Vereador Alessandro de Sousa que solicita ao Sr. Prefeito Municipal do acesso irregular da Avenida Marginal Lidia Lembi Ferreira, com a Rodovia Francisco Marcos Junqueira Neto, no Bairro Jardim Auro II, próximo a Rotatória do Cristo.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_n_07_2022_tapa_buraco-_alessandro.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_n_07_2022_tapa_buraco-_alessandro.docx</t>
   </si>
   <si>
     <t>Nº 07/2022 de autoria do Vereador Alessandro de Sousa que solicita ao Sr. Prefeito Municipal o serviço de tapa buracos nas proximidades do nº 227 da Rua José Vilella Nunes Sobrinho, no Bairro Campo da Formiga.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_n_08_2022_aumento_valor_estagio_-beto_saia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_n_08_2022_aumento_valor_estagio_-beto_saia.docx</t>
   </si>
   <si>
     <t>Nº 08/2022 de autoria de todos os Vereadores que solicitam ao Sr. Prefeito Municipal a concessão de reajuste aos valores pagos aos estagiários da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_n_09_2022_tapa_buraco-_alessandro.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_n_09_2022_tapa_buraco-_alessandro.docx</t>
   </si>
   <si>
     <t>Nº 09/2022 de autoria do Vereador Alessandro de Sousa que solicita ao Sr. Prefeito Municipal o serviço de tapa buracos nas proximidades do cruzamento da Rua Reinaldo Orsi com a Rua João Picinato, no Bairro Centro.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao_n_10_2022_iluminacao_cruzamento_avenida_x_manoel_cottas-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao_n_10_2022_iluminacao_cruzamento_avenida_x_manoel_cottas-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 10/2022 de autoria do Vereador Luiz Roberto Sampronio Resende que solicita ao Sr. Prefeito Municipal a instalação de iluminação do poste do cruzamento da Avenida Mogiana com a Rua Manoel Cottas Sobrinho no bairro Conjunto Habitacional Romeu de Barros.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Claudia Helena Ferreira Paganini</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_n_11_2022_iluminacao_praca_jardim_paraiso_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_n_11_2022_iluminacao_praca_jardim_paraiso_-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 11/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini que solicita ao Sr. Prefeito Municipal a troca da iluminação queimada em área verde do Jardim Paraíso próximo aonde está sendo construída a quadra esportiva.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_n_12_2022_campo_centro_de_lazer_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_n_12_2022_campo_centro_de_lazer_-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 12/2022 de autoria do Vereador Luizinho que solicita ao Senhor Prefeito Municipal a manutenção constante do Campo de futebol do Centro de Lazer do Trabalhado Salense.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_n_13_2022_praca_santa_rita_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_n_13_2022_praca_santa_rita_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 13/2022 de  autoria do Vereador Luizinho que solicita ao Senhor Prefeito Municipal uma maior fiscalização na Praça Santa Rita aos finais de semana, principalmente no combate ao consumo de bebidas alcóolicas e uso  de entorpecentes.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_n_14_2022_limpeza_das_quadras_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_n_14_2022_limpeza_das_quadras_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 14/2022 de autoria da Vereadora Natália Fernanda Martins que solicita ao Sr. Prefeito Municipal a limpeza de todas as quadras poliesportivas da rede municipal de ensino e do Ginásio de Esportes Durval Borsato, solicitando que sejam instaladas telas de proteção para evitar a entrada de pombos nas mesmas.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/310/indicacao_n_15_2022__troca_de_lampadas_da_praca_santa_rita_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/310/indicacao_n_15_2022__troca_de_lampadas_da_praca_santa_rita_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 15/2022 de autoria da Vereadora Natália Fernanda Martins que solicita ao Senhor Prefeito Municipal a troca da lâmpadas queimadas na Praça Santa Rita.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/311/indicacao_n_16_2022__pererecas_no_clube_11_de_outubro__-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/311/indicacao_n_16_2022__pererecas_no_clube_11_de_outubro__-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 16/2022 de  autoria da Vereadora Natália Fernanda Martins que solicita ao Senhor Prefeito Municipal que providencie junto a vigilância Sanitária uma solução para a proliferação de pererecas no no Clube 11 de Outubro.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/312/indicacao_n_17_2021_tapa_buraco-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/312/indicacao_n_17_2021_tapa_buraco-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 17/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini que solicita ao Senhor Prefeito Municipal a limpeza e serviço de tapa buracos na Rua Luiz Guimarães, ao lado do Almoxarifado Municipal.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>Nº 18/2022 de autoria do Vereador Alessandro de Sousa ao Senhor Prefeito Municipal solicitando melhorias na infraestrutura da cozinha piloto para o embarque e transporte de alimentos.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_n_19_2022__limpeza_das_ruas_da_cidade__-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_n_19_2022__limpeza_das_ruas_da_cidade__-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 19/2022 de autoria da Vereadora Natália Fernanda Martins que solicita ao Senhor Prefeito Municipal a limpeza de ruas e poda de mato alto em todo o município.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_n_20_2022__melhoria_escoamento_aguas_de_chuva__-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_n_20_2022__melhoria_escoamento_aguas_de_chuva__-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 20/2022 de autoria da Vereadora Cláudia Helena Ferreira Paganini que solicita ao Senhor Prefeito Municipal uma solução no problema de escoamento de águas pluviais no cruzamento da Rua São José com a Rua Capitão Cobra no Bairro Centro.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_n_21_2022_anexo_praca_sabia-_tiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_n_21_2022_anexo_praca_sabia-_tiago.docx</t>
   </si>
   <si>
     <t>Nº 21/2022 de autoria do Vereador Thiago Alberto Camilo de Oliveira Alan Felipe dos Santos, Marta C. Vasconcellos Dornellas e Natanael W. Campanaro da Silva, que solicitam ao Senhor Prefeito Municipal a construção de calçamento e melhor infraestrutura no Anexo da Praça Sabiá no Bairro Jardim Alto Limpo.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_n_22_20222_troca_de_areia_campinho_do_bairro_jardim_dos_ipes__-_tiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_n_22_20222_troca_de_areia_campinho_do_bairro_jardim_dos_ipes__-_tiago.docx</t>
   </si>
   <si>
     <t>Nº 22/2022 de autoria do Vereador Thiago Alberto Camilo de Oliveira, Alan Felipe dos Santos, Marta C. Vasconcellos Dornellas e Natanael W. Campanaro da Silva, que solicitam ao Senhor Prefeito Municipal a troca de areia do campinho do Bairro Jardim dos Ipês, assim como a adaptação do mesmo para pratica de outros esportes.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_n_23_2022_locacao_quiosques_praca_de_alimentacao_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_n_23_2022_locacao_quiosques_praca_de_alimentacao_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 23/2022 de autoria do Vereador Luizinho que solicita ao Senhor Prefeito Municipal a realização de licitação dos quiosques da Praça de Alimentação.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_n_24_2022__rede_quadra_marincek-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_n_24_2022__rede_quadra_marincek-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 24/2022 de autoria do Vereador Luizinho que solicita ao Senhor Prefeito Municipal a colocação de rede ou tela na Quadra Esportiva do Jardim Marincek no intuito de evitar os danos ocorridos por bola nas casas vizinhas a quadra.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_n_25_2022_tapa_buraco-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_n_25_2022_tapa_buraco-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 25/2022 de autoria do Vereador Luizinho que solicita ao Senhor Prefeito Municipal o serviço de tapa buraco na Avenida Marginal Wagner Godoy, no Jardim Tizzioti.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>Nº 26/2022 de autoria da Vereadora Natália Martins que solicita ao Senhor Prefeito Municipal que a realização de velórios volte a ser sem limite de horário.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_n_27_2022__tapa_buraco__-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_n_27_2022__tapa_buraco__-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 27/2022 de autoria da Vereadora Natália Martins que solicita ao Senhor Prefeito Municipal o serviço de tapa buracos no final da Rua Reinaldo Orsi, no Bairro Campo da Formiga, próximo a Avenida Mogiana; e no cruzamento da Rua Luiz Guimarães com a Rua XV de Novembro no Bairro Centro.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_n_28_20222_pombos_colegio_coutinho__-_tiago_marta_alan_e_tata.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_n_28_20222_pombos_colegio_coutinho__-_tiago_marta_alan_e_tata.docx</t>
   </si>
   <si>
     <t>Nº 28/2022 de autoria do Vereador Thiago Alberto Camilo de Oliveira Alan Felipe dos Santos, Marta C. Vasconcellos Dornellas e Natanael W. Campanaro da Silva, que solicitam ao Senhor Prefeito Municipal a implantação de telas e materiais de proteção no Colégio Municipal José Coutinho Pereira, que inibam a entrada de pombos nas dependências do colégio.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>Nº 29/2022 de autoria da Vereadora Natália Martins, que solicita ao Senhor Prefeito Municipal a roçagem do jardim da Creche Municipal Octacílio da Silva Ferreira.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_n_30_2022_implantar_a_corrida_de_rua_-_tiago_alan_tata_e_marta.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_n_30_2022_implantar_a_corrida_de_rua_-_tiago_alan_tata_e_marta.docx</t>
   </si>
   <si>
     <t>Nº 30/2022 de autoria do Vereador Thiago Alberto Camilo de Oliveira, Alan Felipe dos Santos, Marta C. Vasconcellos Dornellas e Natanael W. Campanaro da Silva, que solicitam ao Senhor Prefeito Municipal a implantar a modalidade de corrida de rua, a ser realizada anualmente, até como evento comemorativo ao aniversário da cidade.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/339/indicacao_n_31_2022__rodeio_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/339/indicacao_n_31_2022__rodeio_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 31/2022 de autoria do Vereador Luizinho que solicita ao Senhor Prefeito Municipal a realização da festa de peão de boiadeiro no município ainda este ano.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/348/indicacao_n_32_2022_piso_agentes_-_alan_dra_tata_tiago.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/348/indicacao_n_32_2022_piso_agentes_-_alan_dra_tata_tiago.doc</t>
   </si>
   <si>
     <t>Nº 32/2022 de autoria dos Vereadores Alan Felipe dos Santos, Marta C. Vasconcellos Dornellas, Natanael W. Campanaro da Silva e Thiago Alberto Camilo de Oliveira, que solicitam ao Senhor Prefeito Municipal a equiparação do piso salarial  dos cargos de agentes comunitários de saúde e agente de combate às endemias, ao valor de R$ 2.424,00, que é o valor que passa a vigorar a partir deste mês.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_n_33__2022__manutencao_pista_de_skate__-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_n_33__2022__manutencao_pista_de_skate__-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 33/2022 de autoria do Vereador Alessandro de Sousa, que solicita ao Senhor Prefeito Municipal a manutenção e pintura da pista de skate, assim como a instalação de uma melhor infraestrutura do local.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_n_34_2022_lombada_acesso_rodovia_francisco_marcos_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_n_34_2022_lombada_acesso_rodovia_francisco_marcos_-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 34/2022 de autoria do Vereador Alessandro de Sousa que solicita ao Senhor Prefeito Municipal a instalação de redutor de velocidade  do tipo lombada  junto ao acesso da Avenida Pedro Carlos Bordonal (Rodovia Francisco Marcos Junqueira Neto) com a rotatória da Rua Dr. Rebouças, no Centro.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_n_35_2022__tenis_de_mesa_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_n_35_2022__tenis_de_mesa_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 35/2022 de autoria do Vereador Luizinho que solicita ao Senhor Prefeito Municipal a criação de campeonatos de tênis de mesa no município.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_n_36_2022__campeonato_de_skate_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_n_36_2022__campeonato_de_skate_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 36/2022 de autoria do Vereador Luizinho que solicita ao Senhor Prefeito Municipal a  introdução no calendário esportivo do Município, campeonatos de skate como forma de incentivar e viabilizar a prática deste esporte.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_n_37_2022__uniformizacao_frente_de_trabalho_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_n_37_2022__uniformizacao_frente_de_trabalho_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 37/2022 de autoria do Vereador Luizinho que solicita ao Senhor Prefeito Municipal, o fornecimento e identificação das pessoas que estão trabalhando na frente de trabalho, assim como o fornecimento de materiais de proteção e segurança e de proteção.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_n_38_2022__melhoria_estarad_rural_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_n_38_2022__melhoria_estarad_rural_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 38/2022 de autoria da Vereadora Natália Fernanda Martins que, solicita ao Senhor Prefeito Municipal, a manutenção da estrada rural que liga o município ao Fazenda Porangaba.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_n_39_2022_transporte_alunos_autistas_-_luiz.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_n_39_2022_transporte_alunos_autistas_-_luiz.docx</t>
   </si>
   <si>
     <t>Nº 39/2022 de autoria do Vereador Luizinho que solicita ao Senhor Prefeito Municipal, o transporte das crianças e jovens autistas ao Projeto Autista na Associação de Pais e Amigos dos Excepcionais.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_n_40_2022__pista_de_ciclismo_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_n_40_2022__pista_de_ciclismo_-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 40/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini que solicita ao Senhor Prefeito Municipal a disponibilização da pista de Motocross, recentemente construída no recinto de festas, aos ciclistas do município.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_n_41_2022__pichacao_da_estacao_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_n_41_2022__pichacao_da_estacao_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 41/2022 de autoria da Vereadora Natália Fernanda Martins, que solicita ao Senhor Prefeito Municipal, a pintura dos prédios públicos pichados.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_n_42_2022__volta_da_escolinha_de_futebol__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_n_42_2022__volta_da_escolinha_de_futebol__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 42/2022 de autoria do Vereador Luizinho que, solicita ao Senhor  Prefeito Municipal, a volta da escolinha de futebol.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/367/indicacao_n_43_2022__tapa_buraco__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/367/indicacao_n_43_2022__tapa_buraco__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 43/2022 de autoria do Vereador Luizinho que, solicita ao Senhor  Prefeito Municipal, serviço de tapa buraco na Rua Benedito de Azevedo Aguiar, no Bairro Jardim Marincek.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>Alan Felipe dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_44_2022__bombeiros_civis-_alan.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_44_2022__bombeiros_civis-_alan.docx</t>
   </si>
   <si>
     <t>Nº 44/2022 de autoria do Vereador Alan Felipe dos Santos que, solicita ao Senhor Prefeito Municipal, a realização de parceria/convênio junto aos bombeiros civis do município, no intuito de oferecer palestras, cursos e treinamentos em todas áreas da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/369/indicacao_n_45_2022__implantacao_de_sistema_de_monitoramenteo_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/369/indicacao_n_45_2022__implantacao_de_sistema_de_monitoramenteo_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 45/2022 de autoria do Vereador Luizinho que, solicita ao Senhor  Prefeito Municipal, a implantação do sistema de rastreamento de veículos na frota municipal, por meio de GPS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/379/indicacao_n_46_2022_ponto_de_onibus_-_claudia.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/379/indicacao_n_46_2022_ponto_de_onibus_-_claudia.doc</t>
   </si>
   <si>
     <t>Nº 46/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini que solicita a instalação de ponto de ônibus  na entrada para os bairros Solar Flórida I, Solar Flórida II e Solar Cachoeirinha.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/380/indicacao_n_47_2022__tapa_buraco__-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/380/indicacao_n_47_2022__tapa_buraco__-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 47/2022 de autoria do Vereador Alessandro de Sousa que, solicita ao Senhor  Prefeito Municipal, serviço de tapa buraco na Josephina G. S. Turim, no Bairro Jardim Aurora I.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_n_48_2022__tercerizacao_centro_de_lazer_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_n_48_2022__tercerizacao_centro_de_lazer_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 48/2022 de autoria do Vereador Luizinho que, solicita ao Senhor  Prefeito Municipal, a concessão para fins comerciais do Centro de Lazer do Trabalhador Salense, com a finalidade de proporcionar ao local uma manutenção continua.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Thiago Alberto Camilo de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_49_2022__limpeza_mato_voluntario__-_tiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_49_2022__limpeza_mato_voluntario__-_tiago.docx</t>
   </si>
   <si>
     <t>Nº 49/2022 de autoria do Vereador Thiago Alberto Camilo de Oliveira que, solicita ao Senhor Prefeito a limpeza de terreno próximo ao Cemitério Municipal, na Rua Voluntário Nélio Guimarães.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_50_2022__monitoramentoe_vigilancia__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_50_2022__monitoramentoe_vigilancia__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 50/2022 de autoria do Vereador Luizinho que, solicita ao Senhor Prefeito Municipal o aumento do efetivo da Guarda Municipal ou a contratação de segurança particular para monitoramento e vigilância do Bens e patrimônios públicos.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_n_51_2022__curso_cuidador_de_idosos__-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_n_51_2022__curso_cuidador_de_idosos__-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 51/2022 de autoria da Vereadora Natália Fernanda Martins que solicita ao Senhor Prefeito Municipal, a implantação de curso de cuidadores de idosos e infanto-juvenil no município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/391/indicacao_n_52_2022_iluminacao_lateral_quadra-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/391/indicacao_n_52_2022_iluminacao_lateral_quadra-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 52/2022 de autoria da Vereadora Natália Fernanda Martins  que, solicita ao Senhor  Prefeito Municipal, a instalação de  equipamento de iluminação pública lateral da Quadra Poliesportiva Durval Borsato.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_n_53_2022_mao_unica_rua-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_n_53_2022_mao_unica_rua-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 53/2022 de autoria do Vereador Luizinho  que, solicita ao Senhor Prefeito estudo de viabilidade e implantação de sentido único na Rua Major Manoel Azevedo de Souza no Bairro Centro e Jardim Paraíso.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_n_54_2022_coqueiros_avenida_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_n_54_2022_coqueiros_avenida_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 54/2022 de autoria do Vereador Luizinho que, solicita ao Senhor Prefeito Municipal a retirada dos coqueiros existentes em alguns canteiros centrais da Avenida Mogiana e substituição por outras plantas rasteiras.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_n_55_2022_sanitarios_praca_alimentacao_-_thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_n_55_2022_sanitarios_praca_alimentacao_-_thiago.docx</t>
   </si>
   <si>
     <t>Nº 55/2022 de autoria do Vereador Thiago Alberto Camilo de Oliveira que, solicita ao Senhor Prefeito Municipal a manutenção dos sanitários da Praça de Alimentação, e disponibilização de um agente de conservação no local aos finais de semana e dias de evento.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/395/indicacao_n_56_2022_poda_de_arvore_almoxarifado_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/395/indicacao_n_56_2022_poda_de_arvore_almoxarifado_-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 56/2022 de autoria do Vereador Alessandro de Sousa que, solicita ao Senhor Prefeito Municipal a poda das arvores do entorno do Almoxarifado Municipal.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_n_57_2022_poda_de_arvore_casa_do_vovo_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_n_57_2022_poda_de_arvore_casa_do_vovo_-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 57/2022 de autoria do Vereador Alessandro de Sousa que, solicita ao Senhor Prefeito Municipal a poda das arvores do entorno da Casa do Vovô Salense.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_n_58_2022_limpeza_da_quadra_do_jardim_marincek_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_n_58_2022_limpeza_da_quadra_do_jardim_marincek_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 58/2022 de autoria do Vereador Luizinho solicitando ao Senhor Prefeito Municipal a realização de limpeza e manutenção da quadra poliesportiva do bairro Jardim Marincek.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_n_59_2022_melhoria_travessia_rodvia_-_babinha.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_n_59_2022_melhoria_travessia_rodvia_-_babinha.doc</t>
   </si>
   <si>
     <t>Nº 59/2022 de autoria do Vereador Alessandro de Sousa solicitando ao Prefeito Municipal a realização de melhorias e de medidas de segurança, para travessia de pedestres e ciclistas no Trevo da Rodovia Altino Arantes, ligando a Avenida Mogiana e os Bairros Solar Florida I e II e Cachoerinha.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_n_60_2022__tapa_buraco__-_thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_n_60_2022__tapa_buraco__-_thiago.docx</t>
   </si>
   <si>
     <t>Nº 60/2022 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Senhor Prefeito Municipal o serviço de tapa buraco na Avenida Mogiana, próximo ao Terminal Rodoviário, em frente a loja Detalhes.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_n_61_2022__reabertura_centro_de_lazer-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_n_61_2022__reabertura_centro_de_lazer-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 61/2022 de autoria da Vereadora Natália Fernanda Martins solicitando ao Senhor Prefeito Municipal  a reabertura do Centro de Lazer do Trabalhador Salense.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_n_62_2022_calcada_itamar_scaprpelini-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_n_62_2022_calcada_itamar_scaprpelini-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 62/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Senhor Prefeito Municipal a construção de calçamento  adequado no percurso da área verde da Rua Itamar Scarpelini e Avenida Dom Pedro II, no Bairro Jardim Boa Vista.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_n_63_2022_bolsa_atleta-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_n_63_2022_bolsa_atleta-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 63/2022 de autoria do Vereador Luizinho solicitando ao Senhor Prefeito Municipal que com os departamentos competentes a criação de um projeto de lei instituindo o Bolsa Atleta Municipal para atletas que representam o município em competições.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_n_64_2022_tapa_buraco-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_n_64_2022_tapa_buraco-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 64/2022 de autoria do Vereador Luizinho solicitando ao Senhor Prefeito Municipal a manutenção e eliminação de buracos existentes na Avenida Marginal Wagner Godoy, localizada no Bairro Jardim Tizzioti.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_n_65_2022_proerd_-_alan.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_n_65_2022_proerd_-_alan.docx</t>
   </si>
   <si>
     <t>Nº 65/2022 de autoria do Vereador Alan Felipe dos Santos solicitando ao Senhor Prefeito Municipal a realização de parceria junto a Policia Militar  no intuito de implantar o PROERD  nas escolas públicas municipais.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_n_66_2022__reabertura_piscinas_centro_de_lazer-_tiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_n_66_2022__reabertura_piscinas_centro_de_lazer-_tiago.docx</t>
   </si>
   <si>
     <t>Nº 66/2022 de autoria dos Vereadores Luizinho e Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal a reabertura das piscinas do Centro de Lazer do Trabalhador Salense.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_n_67_2022__tercerizacao_centro_de_lazer_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_n_67_2022__tercerizacao_centro_de_lazer_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 67/2022 de autoria do Vereador Luizinho  solicitando ao Executivo Municipal a realização da terceirização do Centro de Lazer do trabalhador Salense, para que a arrecadação com a concessão do local possa ser cedido no próprio local e no esporte do município.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_n_68_2022__limpeza_rodoviaria_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_n_68_2022__limpeza_rodoviaria_-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 68/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini, que solicita ao Exmo. Sr. Prefeito Municipal Fabio Godoy Graton a limpeza constante do Terminal Rodoviário.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_n_69_2022_lixeira__farmacia-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_n_69_2022_lixeira__farmacia-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 69/2022 de autoria do Vereador Luizinho, que solicita ao Exmo. Sr. Prefeito Municipal Fabio Godoy Graton a instalação de uma lixeira nos fundos do Colégio Municipal José Coutinho Pereira.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_n_70_2022_tapa_buraco-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_n_70_2022_tapa_buraco-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 70/2022 de autoria do Vereador Luizinho, que solicita ao Exmo. Sr. Prefeito Municipal Fabio Godoy Graton o serviço de tapa buraco na Rua Luis Garton, Bairro Jardim Mário Piloto.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_n_71_2022__tapa_buraco__-_thiago.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_n_71_2022__tapa_buraco__-_thiago.pdf</t>
   </si>
   <si>
     <t>Nº 71/2022 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Senhor Prefeito Municipal o serviço de tapa buracos em trecho da Avenida Mogiana.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_n_72_2022_valetas_de_concreto_-_thiago.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_n_72_2022_valetas_de_concreto_-_thiago.pdf</t>
   </si>
   <si>
     <t>Nº 72/2022 de autoria do Vereador Thiago Alberto Camilo de Oliveira  solicitando ao Executivo Municipal o serviço de manutenção em valeta de escoamento de água no cruzamento da Avenida Marginal Wagner Godoy e Rua Manoel Cottas Sobrinho no Bairro Estância dos Coqueiros.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/462/indicacao_n_73_2022__campeonato_de_skate_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/462/indicacao_n_73_2022__campeonato_de_skate_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 73/2022 de autoria do Vereador Luizinho  solicitando ao Executivo Municipal a realização de campeonatos de skate no município.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/463/indicacao_n_74_2022__campeonato_de_volei_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/463/indicacao_n_74_2022__campeonato_de_volei_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 74/2022 de autoria do Vereador Luizinho  solicitando ao Executivo Municipal a realização de campeonatos de voleibol masculino e feminino no município.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/464/indicacao_n_75_2022__campeonato_de_basquete_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/464/indicacao_n_75_2022__campeonato_de_basquete_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 75/2022 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a realização de campeonatos de basquetebol masculino e feminino no município.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_n_76_2022__tapa_buraco__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_n_76_2022__tapa_buraco__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 76/2022 de autoria do Vereador Luizinho solicitando ao Executivo Municipal o serviço de tapa buraco na altura do número 558 da Avenida Marginal no Bairro Jardim Guayuvira.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_n_77_2022_cmei_octacilio__-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_n_77_2022_cmei_octacilio__-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 77/2022 de autoria da Vereadora Natália Fernanda Martins  solicitando ao Executivo Municipal o apoio da Guarda Civil Municipal para acompanhar os alunos da CEMEI Octacílio da Silva Ferreira no desembarque e embarque dos ônibus; e também procure resolver o problema do fluxo de veículos que as pessoas enfrentam diariamente na CEMEI Octacílio da Silva Ferreira e na unidade Estratégia de Saúde da Família (ESF – III).</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_n_78_2022___isencao_iptu-babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_n_78_2022___isencao_iptu-babinha.docx</t>
   </si>
   <si>
     <t>Nº 78/2022 de autoria do Vereador Alessandro de Sousa  solicitando ao Executivo Municipal a criação de Lei Municipal, conforme Ante Projeto de Lei em anexo, concedendo isenção de IPTU as famílias carentes de baixa renda, viúvas, órfãos menores de 18 anos, aposentados, incapacitados, portadores de doenças graves e outros casos especiais existentes na cidade.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/482/indicacao_n_79_2022_lombada-_thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/482/indicacao_n_79_2022_lombada-_thiago.docx</t>
   </si>
   <si>
     <t>Nº 79/2022 de autoria do Vereador Thiago Alberto Camilo de Oliveira  solicitando ao Executivo Municipal a construção de redutor de velocidade do tipo lombada, dos dois lados da avenida, na altura do número 189, da Avenida Dr. João Tosta Carneiro, no Jardim Alto Limpo I.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/483/indicacao_n_80_2022_iluminacao_natalina_-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/483/indicacao_n_80_2022_iluminacao_natalina_-_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 80/2022 de autoria do Vereador Gabriel Sinfrônio  solicitando ao Executivo Municipal a instalação de enfeites e de iluminação natalina nos logradouros públicos em comemoração as festividades de final de ano.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/484/indicacao_n_81_2022_salao_multiuso-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/484/indicacao_n_81_2022_salao_multiuso-_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 81/2022 de autoria do Vereador Gabriel Sinfrônio solicitando ao executivo Municipal, manutenção e melhorias no prédio do Salão Multiuso, melhorando as condições de recebimento de velórios no local.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/485/indicacao_n_82_2022_palestras_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/485/indicacao_n_82_2022_palestras_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 82/2022 de autoria do Vereador Luizinho solicitando ao Executivo Municipal que junto ao Departamento de Educação inclua no calendário letivo do ano de 2023 e posteriores, palestras de conscientização aos alunos com temas diversos.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/486/indicacao_n_83_2022_torneio_futebol_society_1_x_1_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/486/indicacao_n_83_2022_torneio_futebol_society_1_x_1_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 83/2022 de autoria do Vereador Luizinho solicitando ao Executivo Municipal que providencie através do Departamento de Esportes o torneio de futebol society “1 x 1” na ‘Areninha’ José Paulo Camilo de Oliveira.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/487/indicacao_n_84_2022_-_iluminacao_de_frente_da_quadra_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/487/indicacao_n_84_2022_-_iluminacao_de_frente_da_quadra_-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 84/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo a troca de lâmpada queimada de fronte ao Ginásio de Esportes Durval Borsato e da antiga estação ferroviária.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/491/indicacao_n_85_2022_lombada-_claudia_e_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/491/indicacao_n_85_2022_lombada-_claudia_e_natalia.docx</t>
   </si>
   <si>
     <t>Nº 85/2022 de autoria das Vereadoras Natália Fernanda Martins  e Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal a construção de redutores de velocidade na Avenida Marginal Lidia Lembi Ferreira nos Bairros Aurora I e Aurora II.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Requerimento nº 05/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini, solicitando que a Câmara Municipal ingresse por meio judicial, para que o Executivo Municipal envie resposta ao Pedido de Informação nº 15/2022, que trata da solicitação do transporte dos alunos da área rural, que até o momento não foi respondido.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>Requerimento nº 06/2022 de autoria dos Vereadores Natalia Fernanda Martins e Luizinho, solicitando que a Presidência da Câmara Municipal ingresse por meio judicial solicitando as respostas aos Pedidos de Informações nºs 20, 21, 22, 24 e 25/2022, não respondidos pelo Executivo Municipal dentro dos prazos regimentais e nem dentro do novo prazo concedido.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>Emend</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/290/emenda_02_2022_ao_projeto_de_lei_20_2022.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/290/emenda_02_2022_ao_projeto_de_lei_20_2022.doc</t>
   </si>
   <si>
     <t>Emenda Aditiva nº 02/2022 ao Projeto de Lei nº 20/2022 de autoria dos Vereadores da Câmara Municipal que “Autoriza o Instituto de Previdência  dos Servidores Municipais de Sales Oliveira  a efetuar a restituição de contribuições previdenciárias  nos casos que especifica  e dá outras providências”.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/318/emenda_04_2022_ao_projeto_de_lei_49_2022.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/318/emenda_04_2022_ao_projeto_de_lei_49_2022.doc</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 04/2022 ao Projeto de Lei nº 49/2022, de autoria dos Vereadores Alessandro de Sousa, Claudia Helena Ferreira Paganini,  Gabriel Sinfrônio, Luiz Roberto Sampronio Resende e Natália Fernanda Martins.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/359/emenda_06__2022_ao_projeto_de_lei_54_2022.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/359/emenda_06__2022_ao_projeto_de_lei_54_2022.doc</t>
   </si>
   <si>
     <t>Emenda Aditiva nº 06/2022 ao Projeto de Lei nº 54/2022 que que “Altera o Art. 2º da Lei Municipal nº 1.399 de 04 de maio de 2005, e dá outras providências”.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/420/emenda_07_2022_ao_projeto_de_lei_96_2022.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/420/emenda_07_2022_ao_projeto_de_lei_96_2022.doc</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 07/2022 ao Projeto de Lei nº 96/2022 de autoria do Vereador Alessandro de Sousa.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/421/emenda_08_2022_ao_projeto_de_lei_complementar_06_2022.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/421/emenda_08_2022_ao_projeto_de_lei_complementar_06_2022.doc</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 08/2022 ao Projeto de Lei Complementar nº 06/2022 de autoria da Vereadora Natália Fernanda Martins.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/255/pedido_01_2022_cestas_natalinas_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/255/pedido_01_2022_cestas_natalinas_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 01/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini, que solicita Informações ao Executivo Municipal sobre a aquisição de cestas natalinas distribuídas ao funcionários públicos municipais.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/268/pedido_02_2022_programa_aluno_digital_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/268/pedido_02_2022_programa_aluno_digital_-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 02/2022 de autoria da Vereadora Natália Fernanda Martins solicitando informações ao Executivo Municipal acerca da aquisição dos tablets para serem entregues aos professores e alunos da rede municipal de ensino através do “Programa Aluno Digital”.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/269/pedido_03_2022_aquisicao_de_uniformes_escolares_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/269/pedido_03_2022_aquisicao_de_uniformes_escolares_-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 03/2022 de autoria da Vereadora Natália Fernanda Martins solicitando informações ao Executivo Municipal a respeito da aquisição de uniformes aos alunos da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/270/pedido_04_2022_brinquedos_da_creche_octacilio_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/270/pedido_04_2022_brinquedos_da_creche_octacilio_-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 04/2022 de autoria da Vereadora Natália Fernanda Martins solicitando informações ao Executivo Municipal a respeito da falta de brinquedos do parquinho da Creche-Escola Octacílio da Silva Ferreira.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Pedido de Informação nº 05/2022 de autoria do Vereador Alessandro de Sousa que solicita informações ao Executivo Municipal se já foi liberado alguma verba para a realização das obras, para solução do empossamento de águas no entroncamento  das Ruas José Paulino da Silva com a Rua Benedito de Faria, no Jardim Alto Limpo, e se há uma previsão para solução do problema.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/282/pedido_06_2022_quadro_de_cargos_em_comissao_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/282/pedido_06_2022_quadro_de_cargos_em_comissao_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 06/2022 de autoria da Luiz Roberto Sampronio Resende solicitando informações ao Executivo Municipal a respeito dos ocupantes dos cargos de comissão, portarias de nomeação e exoneração a partir do dia 01/02/2022 até a data atual.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/283/pedido_07_2022_compra_de_onibus_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/283/pedido_07_2022_compra_de_onibus_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 07/2022 de autoria do Vereador Luiz Roberto Sampronio Resende solicitando informações ao Executivo Municipal a respeito da aquisição de 02 ônibus pela Prefeitura Municipal para transporte de estudantes.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/284/pedido_08_2022_projeto_marcenaria_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/284/pedido_08_2022_projeto_marcenaria_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 08/2022 de autoria do Vereador Luiz Roberto Sampronio Resende solicitando informações ao Executivo Municipal a respeito do motivo que não é mais realizado Projeto de Marcenaria destinado aos jovens estudantes.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/291/pedido_09_2022_compra_de_pecas_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/291/pedido_09_2022_compra_de_pecas_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 09/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando informações ao Executivo Municipal a respeito das aquisições de autopeças, óleos e lubrificantes e contratação de empresa terceirizada para manutenção da frota municipal.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/292/pedido_10_2022_gastos_de_viagem_prefeito_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/292/pedido_10_2022_gastos_de_viagem_prefeito_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 10/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando informações ao Executivo Municipal a respeito dos adiantamentos de viagens realizados pelo Senhor Prefeito no período de setembro de 2021 até a data atual.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/293/pedido_11_2022_descricao_de_atividades_cargos_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/293/pedido_11_2022_descricao_de_atividades_cargos_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 11/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando informações ao Executivo Municipal sobre a descrição das atividades de alguns cargos em comissão.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/294/pedido_12_2022_complementacao_cestas_natalinas_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/294/pedido_12_2022_complementacao_cestas_natalinas_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 12/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando informações ao Executivo Municipal sobre  a relação das pessoas que receberam os kits natalinos entregues pela Prefeitura Municipal, no mês de dezembro de 2021.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/295/pedido_13_2022_resultado_processo_seletivo_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/295/pedido_13_2022_resultado_processo_seletivo_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação n° 13/2022 de autoria do Vereador Luizinho solicitando informações ao Executivo Municipal da classificação final do processo seletivo realizado para contratação de monitores escolares e as desistências dos candidatos aprovados.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/345/pedido_14_2022__exames__-_natalia_claudia_e_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/345/pedido_14_2022__exames__-_natalia_claudia_e_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 14/2022 de autoria dos Vereadores Claudia Helena Ferreira Paganini, Natália Fernanda Martins e Luizinho, solicitando ao Exmo. Sr. Prefeito Municipal informações dos médicos especialistas que atendem na rede pública de saúde, exames e consultas.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/346/pedido_15_2022__transporte_tercerizado_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/346/pedido_15_2022__transporte_tercerizado_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 15/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini, solicitando ao Exmo. Sr. Prefeito Municipal, cópia do Processo Licitatório realizado, para transporte dos estudantes residentes na área rural, pagamentos realizados, ficha de quilômetros percorridos e rota de que cada veículo.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/347/pedido_16_2022__monitores_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/347/pedido_16_2022__monitores_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 16/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini, solicitando a relação de monitores do transporte escolar contratados e a rota e veículo em que estão designados.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/366/pedido_17_2022_complementacao_cestas_natalinas_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/366/pedido_17_2022_complementacao_cestas_natalinas_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 17/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini, que solicita complementação das respostas dos Pedidos de Informações nºs 01 e 12/2022, que trata da compra de kits natalinos aos funcionários  públicos municipais no final do ano de 2021.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/377/pedido_18_2022__gastos_festividades_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/377/pedido_18_2022__gastos_festividades_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 18/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini, que solicita informação ao Prefeito Municipal dos gastos com  as festividades de aniversário do município.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/378/pedido_19_2022_informacao_poco_artesiano_-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/378/pedido_19_2022_informacao_poco_artesiano_-_gabriel.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 19/2022 de autoria do Vereador Gabriel Sinfrônio que solicita informações ao Prefeito Municipal sobre a perfuração do poço artesiano do Parque de Exposições Sebastião Vigarani, no Bairro Jardim Paraíso.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/404/pedido_20_2022_ferias_dos_servidores_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/404/pedido_20_2022_ferias_dos_servidores_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 20/2022 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre o gozo de férias dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/405/pedido_21_2022_fundeb_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/405/pedido_21_2022_fundeb_-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 21/2022 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal informações a respeito da transparência na gestão dos recursos do FUNDEB.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/406/pedido_22_2022_desvio_de_funcao_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/406/pedido_22_2022_desvio_de_funcao_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 22/2022 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre o desvio de função de cargos da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/407/pedido_23_2022_distrito_industrial_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/407/pedido_23_2022_distrito_industrial_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 23/2022 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre o Distrito Industrial, infraestrutura e lotes ocupados.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/408/pedido_24_2022_teste_do_pezinho_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/408/pedido_24_2022_teste_do_pezinho_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 24/2022 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre a realização do Teste da Orelhinha pela rede pública municipal de saúde.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>Pedido de Informação nº 25/2022 de autoria da Vereadora Natália Fernanda Martins que solicita informações ao Executivo Municipal sobre a reconstrução do muro do Cemitério Municipal.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/432/pedido_26_2022_programa_tem_saida_-_claudianatalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/432/pedido_26_2022_programa_tem_saida_-_claudianatalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 26/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini que solicita ao Executivo Municipal informações acerca do cumprimento da Lei Municipal n° 2.110/2021.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/433/pedido_27_2022__transporte_tercerizado_2_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/433/pedido_27_2022__transporte_tercerizado_2_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 27/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini que solicita ao Executivo Municipal cópia de documentos dos meses de julho e agosto referente a terceirização do transporte dos estudantes residentes em áreas rurais.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/434/pedido_28_2022_construcao_irregular_area_verde_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/434/pedido_28_2022_construcao_irregular_area_verde_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 28/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini que solicita ao Executivo Municipal informações sobre construções irregulares em área verde do Bairro Jardim Piloto.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/435/pedido_29_2022_placas_vermelhas_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/435/pedido_29_2022_placas_vermelhas_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 29/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini que solicita ao Executivo Municipal informações sobre a inscrição municipal de  taxistas e frotistas.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/443/pedido_30_2022_informacao_manutencao_frota_-__claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/443/pedido_30_2022_informacao_manutencao_frota_-__claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 30/2022 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando informações ao Executivo Municipal da situação da frota de veículos da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/453/pedido_31_2022_quadro_de_cargos_em_comissao_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/453/pedido_31_2022_quadro_de_cargos_em_comissao_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 31/2022 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre as novas nomeações e exonerações após a aprovação do Projeto de Lei nº 115/2022.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/454/pedido_32_2022_locacao_do_salao_de_festar_e_centro_de_lazer_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/454/pedido_32_2022_locacao_do_salao_de_festar_e_centro_de_lazer_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 32/2022 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre a locação do Salão de Festas Municipal e do Salão do Centro de Lazer do Trabalhador Salense.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>Pedido de Informação nº 033/2022 de autoria do Vereador Luizinho que solicita ao Exmo. Sr. Prefeito Municipal Fábio Godoy Graton, processo de contratação integral que resultou na Contratação do Instituto INDEC para realização do Concurso Público nº 01/2022.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/459/pedido_34_2022_gastos_esportes_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/459/pedido_34_2022_gastos_esportes_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 034/2022 de autoria do Vereador Luizinho que solicita ao Exmo. Sr. Prefeito Municipal Fábio Godoy Graton, informações sobre os recursos utilizados e a utilizar para o Esporte neste ano de 2022.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/473/pedido_35_2022_centro_de_lazer_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/473/pedido_35_2022_centro_de_lazer_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 35/2022 de autoria do Vereador Luizinho que solicita ao Exmo. Sr. Prefeito Municipal Fábio Godoy Graton, os motivos da indisponibilidade das piscinas do Centro de Lazer do trabalhador Salense, condições de uso das mesmas, responsável pela limpeza e produtos que são utilizados.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/490/pedido_36_2022_reforma__administrativa_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/490/pedido_36_2022_reforma__administrativa_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 36/2022 de autoria do Vereador Luizinho que solicita ao Executivo Municipal informações sobre a reforma administrativa que vem sendo realizada pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/452/reiteracao_do_pedido_21_2022_fundeb_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/452/reiteracao_do_pedido_21_2022_fundeb_-_natalia.docx</t>
   </si>
   <si>
     <t>Reiteração do Pedido de Informação nº 21/2022 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal informações sobre o FUNDEB do Município.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/436/mocao_01_2022_-_apoio-_alan.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/436/mocao_01_2022_-_apoio-_alan.docx</t>
   </si>
   <si>
     <t>Moção nº 01/2022 de autoria do Vereador Alan Felipe dos Santos, de Repudio a Decisão do Ministro Luis Roberto Barroso, que suspendeu os efeitos da Lei nº 14.434/2022, que instituiu o Piso Salarial da Enfermagem.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>Marta Cristina Vasconcellos Dornellas</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/481/mocao_02_2022_-_apoio-_marta.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/481/mocao_02_2022_-_apoio-_marta.docx</t>
   </si>
   <si>
     <t>Moção nº 02/2022 de autoria da Vereadora Marta Cristina Vasconcellos Dornellas de Apoio visando a continuidade do processo da construção/instalação  do hospital público junto ao Departamento Regional de Saúde  - VIII, sediado no Município de Franca”.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/335/projeto_de_lei_complementar_01_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/335/projeto_de_lei_complementar_01_2022.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 5º da Lei Complementar nº 01/2019 de 05 de Fevereiro de 2019 e dá outras providências”.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_complementar_02_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_complementar_02_2022.pdf</t>
   </si>
   <si>
     <t>“Altera os Anexos I, II, III e IV da Lei Complementar nº 04 de 06 de Março de 2007 e dá outras providências”.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_complementar_04_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_complementar_04_2022.pdf</t>
   </si>
   <si>
     <t>“Altera os Anexos I, II, III e IV da Lei Complementar nº 04, de 06 de março de 2007 e dá outras providências”.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_de_lei_complementar_05_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_de_lei_complementar_05_2022.pdf</t>
   </si>
   <si>
     <t>“Institui a contribuição de Melhoria conforme especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_de_lei_complementar_06_2022.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_de_lei_complementar_06_2022.pdf</t>
   </si>
   <si>
     <t>“Altera os Anexos I, II, II e IV da Lei Complementar nº 04 de 06 de março de 2007 e dá outras providências”. Criação de cargos educação.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>Veto a Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/455/veto_parcial.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/455/veto_parcial.pdf</t>
   </si>
   <si>
     <t>Ofício n° 138/2022 ECM do Prefeito Fábio Godoy Graton  encaminhando Veto Parcial ao Projeto de Lei nº 115/2022, na parte da propositura emendada pela Emenda Aditiva nº 11/2022 ao Projeto de Lei nº 115/2022 que “Dispõe sobre a Estrutura Organizacional da Prefeitura Municipal de Sales Oliveira, Denomina os Departamentos e Setores, define Atribuições e Competências dos Órgãos de Assessoramento Direto, Intermediário, de Gestão Direta e Coordenadoria Setorial da Administração Direta, Cria Cargos Em Comissão e Função de Confiança e dá outras providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2946,68 +2946,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no._002-2022_-_dir._conv..docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no._004-2022_-_altera_meio_ambiente.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_10_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_11_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_12_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/252/projeto_13_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_14_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_15_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/263/projeto_de_projeto_de_lei_11_2022.-_reajuste_vereadores.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_19_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_20_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_21_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/267/projeto_de_lei_22_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_de_lei_23_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_24_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_25_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/278/proejto_de_lei_26_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/279/projeto_de_lei_27_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/280/projeto_de_lei_28_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/281/proejto_de_lei_29_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_31_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_32_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_34_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_35_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_38_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_39_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/301/projeto_de_lei_41_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_42_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/303/projeto_de_lei_43_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/304/projeto_de_lei_44_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/305/projeto_de_lei_45_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/306/projeto_de_lei_46_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/307/projeto_de_projeto_de_lei_47_2022.-_reajuste_auxilio_alimentacao.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_projeto_de_lei_48_2022.-_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_49_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_de_lei_n_50_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/317/projeto_de_lei_51_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_52_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/328/projeto_de_lei_54_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/329/projeto_de_lei_56_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_57_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_58_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_lei_59_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei_60_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_61_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_62_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_63_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/342/projeto_de_lei_64_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_68_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_69_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_70_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_71_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei__72_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_projeto_73_2022_lista_de_medicamentos_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_74_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_75_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_76_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_77_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_78_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_lei_79_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_80_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/376/projeto_de_lei_81_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_projeto_84_2022_divulgacao_obras_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/385/projeto_de_lei_85_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_de_lei_no_86_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_87_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_89_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_90_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_91_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_92_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/409/projeto_de_lei_93_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/410/projeto_de_lei_94_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_de_lei_95_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_de_lei_96_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_98_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_99_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_101_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_102_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/427/proejeto_de_lei_104_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_105_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_de_lei_106_2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_projeto_107_2022_divulgacao_respostas_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_de_lei_108_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_112_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_projeto_113_2022_cacs_-_tata.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_de_lei_114_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_116_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_117_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_118_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/467/pl_119_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/468/pl_120_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/469/projeto_de_lei_121_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/470/projeto_de_lei_122_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/471/projeto_de_lei_123_2022_-_loa.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_lei_124_2022.-_fogos_de_artificio__-_luizininho.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_de_lei_126_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/477/projeto_de_lei_127_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_de_lei_128_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_de_lei_129_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_de_lei_130_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_135_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_projeto_136_2022_dia_do_evangelico_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_de_decreto_legislativo_01__2022.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_de__decreto_legislativo_02_2022.-_titulo_de_cidadao_benemerito._docx.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_n_01_2022_melhoria_ruas_recapeadas_-_alessandro.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_n_02__2022__limpeza_praca_skate__-_alan_tiago_tata_e_dra.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_n_03_2022_reajuste_auxilio_alimentacao-_luizinho.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_n_04_2022_reajuste_auxilio_alimentacao_cm-_luizinho.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/260/indicacao_n_05_2022_fechamento_de_acesso_iregular_-_babinha.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/261/indicacao_n_06_2022_fechamento_de_acesso_iregular_-_babinha.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_n_07_2022_tapa_buraco-_alessandro.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_n_08_2022_aumento_valor_estagio_-beto_saia.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_n_09_2022_tapa_buraco-_alessandro.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao_n_10_2022_iluminacao_cruzamento_avenida_x_manoel_cottas-_luizinho.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_n_11_2022_iluminacao_praca_jardim_paraiso_-_claudia.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_n_12_2022_campo_centro_de_lazer_-_claudia.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_n_13_2022_praca_santa_rita_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_n_14_2022_limpeza_das_quadras_-_natalia.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/310/indicacao_n_15_2022__troca_de_lampadas_da_praca_santa_rita_-_natalia.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/311/indicacao_n_16_2022__pererecas_no_clube_11_de_outubro__-_natalia.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/312/indicacao_n_17_2021_tapa_buraco-_claudia.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_n_19_2022__limpeza_das_ruas_da_cidade__-_natalia.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_n_20_2022__melhoria_escoamento_aguas_de_chuva__-_claudia.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_n_21_2022_anexo_praca_sabia-_tiago.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_n_22_20222_troca_de_areia_campinho_do_bairro_jardim_dos_ipes__-_tiago.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_n_23_2022_locacao_quiosques_praca_de_alimentacao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_n_24_2022__rede_quadra_marincek-_luizinho.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_n_25_2022_tapa_buraco-_luizinho.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_n_27_2022__tapa_buraco__-_natalia.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_n_28_20222_pombos_colegio_coutinho__-_tiago_marta_alan_e_tata.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_n_30_2022_implantar_a_corrida_de_rua_-_tiago_alan_tata_e_marta.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/339/indicacao_n_31_2022__rodeio_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/348/indicacao_n_32_2022_piso_agentes_-_alan_dra_tata_tiago.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_n_33__2022__manutencao_pista_de_skate__-_babinha.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_n_34_2022_lombada_acesso_rodovia_francisco_marcos_-_babinha.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_n_35_2022__tenis_de_mesa_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_n_36_2022__campeonato_de_skate_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_n_37_2022__uniformizacao_frente_de_trabalho_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_n_38_2022__melhoria_estarad_rural_-_natalia.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_n_39_2022_transporte_alunos_autistas_-_luiz.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_n_40_2022__pista_de_ciclismo_-_claudia.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_n_41_2022__pichacao_da_estacao_-_natalia.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_n_42_2022__volta_da_escolinha_de_futebol__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/367/indicacao_n_43_2022__tapa_buraco__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_44_2022__bombeiros_civis-_alan.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/369/indicacao_n_45_2022__implantacao_de_sistema_de_monitoramenteo_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/379/indicacao_n_46_2022_ponto_de_onibus_-_claudia.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/380/indicacao_n_47_2022__tapa_buraco__-_babinha.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_n_48_2022__tercerizacao_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_49_2022__limpeza_mato_voluntario__-_tiago.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_50_2022__monitoramentoe_vigilancia__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_n_51_2022__curso_cuidador_de_idosos__-_natalia.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/391/indicacao_n_52_2022_iluminacao_lateral_quadra-_natalia.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_n_53_2022_mao_unica_rua-_luizinho.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_n_54_2022_coqueiros_avenida_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_n_55_2022_sanitarios_praca_alimentacao_-_thiago.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/395/indicacao_n_56_2022_poda_de_arvore_almoxarifado_-_babinha.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_n_57_2022_poda_de_arvore_casa_do_vovo_-_babinha.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_n_58_2022_limpeza_da_quadra_do_jardim_marincek_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_n_59_2022_melhoria_travessia_rodvia_-_babinha.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_n_60_2022__tapa_buraco__-_thiago.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_n_61_2022__reabertura_centro_de_lazer-_natalia.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_n_62_2022_calcada_itamar_scaprpelini-_natalia.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_n_63_2022_bolsa_atleta-_luizinho.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_n_64_2022_tapa_buraco-_luizinho.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_n_65_2022_proerd_-_alan.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_n_66_2022__reabertura_piscinas_centro_de_lazer-_tiago.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_n_67_2022__tercerizacao_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_n_68_2022__limpeza_rodoviaria_-_claudia.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_n_69_2022_lixeira__farmacia-_luizinho.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_n_70_2022_tapa_buraco-_luizinho.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_n_71_2022__tapa_buraco__-_thiago.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_n_72_2022_valetas_de_concreto_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/462/indicacao_n_73_2022__campeonato_de_skate_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/463/indicacao_n_74_2022__campeonato_de_volei_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/464/indicacao_n_75_2022__campeonato_de_basquete_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_n_76_2022__tapa_buraco__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_n_77_2022_cmei_octacilio__-_natalia.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_n_78_2022___isencao_iptu-babinha.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/482/indicacao_n_79_2022_lombada-_thiago.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/483/indicacao_n_80_2022_iluminacao_natalina_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/484/indicacao_n_81_2022_salao_multiuso-_gabriel.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/485/indicacao_n_82_2022_palestras_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/486/indicacao_n_83_2022_torneio_futebol_society_1_x_1_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/487/indicacao_n_84_2022_-_iluminacao_de_frente_da_quadra_-_claudia.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/491/indicacao_n_85_2022_lombada-_claudia_e_natalia.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/290/emenda_02_2022_ao_projeto_de_lei_20_2022.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/318/emenda_04_2022_ao_projeto_de_lei_49_2022.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/359/emenda_06__2022_ao_projeto_de_lei_54_2022.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/420/emenda_07_2022_ao_projeto_de_lei_96_2022.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/421/emenda_08_2022_ao_projeto_de_lei_complementar_06_2022.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/255/pedido_01_2022_cestas_natalinas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/268/pedido_02_2022_programa_aluno_digital_-_natalia.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/269/pedido_03_2022_aquisicao_de_uniformes_escolares_-_natalia.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/270/pedido_04_2022_brinquedos_da_creche_octacilio_-_natalia.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/282/pedido_06_2022_quadro_de_cargos_em_comissao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/283/pedido_07_2022_compra_de_onibus_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/284/pedido_08_2022_projeto_marcenaria_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/291/pedido_09_2022_compra_de_pecas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/292/pedido_10_2022_gastos_de_viagem_prefeito_-_claudia.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/293/pedido_11_2022_descricao_de_atividades_cargos_-_claudia.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/294/pedido_12_2022_complementacao_cestas_natalinas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/295/pedido_13_2022_resultado_processo_seletivo_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/345/pedido_14_2022__exames__-_natalia_claudia_e_luizinho.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/346/pedido_15_2022__transporte_tercerizado_-_claudia.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/347/pedido_16_2022__monitores_-_claudia.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/366/pedido_17_2022_complementacao_cestas_natalinas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/377/pedido_18_2022__gastos_festividades_-_claudia.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/378/pedido_19_2022_informacao_poco_artesiano_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/404/pedido_20_2022_ferias_dos_servidores_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/405/pedido_21_2022_fundeb_-_natalia.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/406/pedido_22_2022_desvio_de_funcao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/407/pedido_23_2022_distrito_industrial_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/408/pedido_24_2022_teste_do_pezinho_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/432/pedido_26_2022_programa_tem_saida_-_claudianatalia.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/433/pedido_27_2022__transporte_tercerizado_2_-_claudia.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/434/pedido_28_2022_construcao_irregular_area_verde_-_claudia.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/435/pedido_29_2022_placas_vermelhas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/443/pedido_30_2022_informacao_manutencao_frota_-__claudia.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/453/pedido_31_2022_quadro_de_cargos_em_comissao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/454/pedido_32_2022_locacao_do_salao_de_festar_e_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/459/pedido_34_2022_gastos_esportes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/473/pedido_35_2022_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/490/pedido_36_2022_reforma__administrativa_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/452/reiteracao_do_pedido_21_2022_fundeb_-_natalia.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/436/mocao_01_2022_-_apoio-_alan.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/481/mocao_02_2022_-_apoio-_marta.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/335/projeto_de_lei_complementar_01_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_complementar_02_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_complementar_04_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_de_lei_complementar_05_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_de_lei_complementar_06_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/455/veto_parcial.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no._002-2022_-_dir._conv..docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no._004-2022_-_altera_meio_ambiente.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_10_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_11_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_12_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/252/projeto_13_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_14_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_15_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/263/projeto_de_projeto_de_lei_11_2022.-_reajuste_vereadores.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_19_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_20_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_21_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/267/projeto_de_lei_22_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_de_lei_23_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_24_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_25_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/278/proejto_de_lei_26_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/279/projeto_de_lei_27_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/280/projeto_de_lei_28_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/281/proejto_de_lei_29_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_31_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_32_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_34_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_35_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_38_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_39_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/301/projeto_de_lei_41_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_42_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/303/projeto_de_lei_43_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/304/projeto_de_lei_44_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/305/projeto_de_lei_45_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/306/projeto_de_lei_46_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/307/projeto_de_projeto_de_lei_47_2022.-_reajuste_auxilio_alimentacao.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_projeto_de_lei_48_2022.-_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_49_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_de_lei_n_50_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/317/projeto_de_lei_51_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/327/projeto_de_lei_52_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/328/projeto_de_lei_54_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/329/projeto_de_lei_56_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_57_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_58_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_lei_59_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei_60_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_61_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/340/projeto_de_lei_62_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/341/projeto_de_lei_63_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/342/projeto_de_lei_64_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_68_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_69_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_70_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_71_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei__72_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_projeto_73_2022_lista_de_medicamentos_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_74_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/370/projeto_de_lei_75_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_76_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/372/projeto_de_lei_77_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_78_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/374/projeto_de_lei_79_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/375/projeto_de_lei_80_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/376/projeto_de_lei_81_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/384/projeto_de_projeto_84_2022_divulgacao_obras_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/385/projeto_de_lei_85_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_de_lei_no_86_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/387/projeto_de_lei_87_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_89_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_90_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_91_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_92_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/409/projeto_de_lei_93_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/410/projeto_de_lei_94_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_de_lei_95_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_de_lei_96_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/416/projeto_de_lei_98_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_de_lei_99_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_101_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_102_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/427/proejeto_de_lei_104_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_de_lei_105_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_de_lei_106_2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/430/projeto_de_projeto_107_2022_divulgacao_respostas_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_de_lei_108_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_de_lei_112_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_de_projeto_113_2022_cacs_-_tata.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_de_lei_114_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_de_lei_116_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_de_lei_117_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_de_lei_118_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/467/pl_119_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/468/pl_120_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/469/projeto_de_lei_121_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/470/projeto_de_lei_122_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/471/projeto_de_lei_123_2022_-_loa.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_de_lei_124_2022.-_fogos_de_artificio__-_luizininho.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_de_lei_126_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/477/projeto_de_lei_127_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_de_lei_128_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_de_lei_129_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_de_lei_130_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_de_lei_135_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_de_projeto_136_2022_dia_do_evangelico_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_de_decreto_legislativo_01__2022.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_de__decreto_legislativo_02_2022.-_titulo_de_cidadao_benemerito._docx.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_n_01_2022_melhoria_ruas_recapeadas_-_alessandro.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_n_02__2022__limpeza_praca_skate__-_alan_tiago_tata_e_dra.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_n_03_2022_reajuste_auxilio_alimentacao-_luizinho.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_n_04_2022_reajuste_auxilio_alimentacao_cm-_luizinho.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/260/indicacao_n_05_2022_fechamento_de_acesso_iregular_-_babinha.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/261/indicacao_n_06_2022_fechamento_de_acesso_iregular_-_babinha.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_n_07_2022_tapa_buraco-_alessandro.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_n_08_2022_aumento_valor_estagio_-beto_saia.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_n_09_2022_tapa_buraco-_alessandro.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao_n_10_2022_iluminacao_cruzamento_avenida_x_manoel_cottas-_luizinho.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_n_11_2022_iluminacao_praca_jardim_paraiso_-_claudia.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_n_12_2022_campo_centro_de_lazer_-_claudia.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_n_13_2022_praca_santa_rita_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_n_14_2022_limpeza_das_quadras_-_natalia.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/310/indicacao_n_15_2022__troca_de_lampadas_da_praca_santa_rita_-_natalia.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/311/indicacao_n_16_2022__pererecas_no_clube_11_de_outubro__-_natalia.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/312/indicacao_n_17_2021_tapa_buraco-_claudia.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_n_19_2022__limpeza_das_ruas_da_cidade__-_natalia.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_n_20_2022__melhoria_escoamento_aguas_de_chuva__-_claudia.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/320/indicacao_n_21_2022_anexo_praca_sabia-_tiago.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/321/indicacao_n_22_20222_troca_de_areia_campinho_do_bairro_jardim_dos_ipes__-_tiago.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_n_23_2022_locacao_quiosques_praca_de_alimentacao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_n_24_2022__rede_quadra_marincek-_luizinho.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_n_25_2022_tapa_buraco-_luizinho.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_n_27_2022__tapa_buraco__-_natalia.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/336/indicacao_n_28_20222_pombos_colegio_coutinho__-_tiago_marta_alan_e_tata.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_n_30_2022_implantar_a_corrida_de_rua_-_tiago_alan_tata_e_marta.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/339/indicacao_n_31_2022__rodeio_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/348/indicacao_n_32_2022_piso_agentes_-_alan_dra_tata_tiago.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_n_33__2022__manutencao_pista_de_skate__-_babinha.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_n_34_2022_lombada_acesso_rodovia_francisco_marcos_-_babinha.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_n_35_2022__tenis_de_mesa_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/352/indicacao_n_36_2022__campeonato_de_skate_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/353/indicacao_n_37_2022__uniformizacao_frente_de_trabalho_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/354/indicacao_n_38_2022__melhoria_estarad_rural_-_natalia.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/355/indicacao_n_39_2022_transporte_alunos_autistas_-_luiz.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/356/indicacao_n_40_2022__pista_de_ciclismo_-_claudia.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/357/indicacao_n_41_2022__pichacao_da_estacao_-_natalia.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/358/indicacao_n_42_2022__volta_da_escolinha_de_futebol__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/367/indicacao_n_43_2022__tapa_buraco__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_44_2022__bombeiros_civis-_alan.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/369/indicacao_n_45_2022__implantacao_de_sistema_de_monitoramenteo_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/379/indicacao_n_46_2022_ponto_de_onibus_-_claudia.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/380/indicacao_n_47_2022__tapa_buraco__-_babinha.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/381/indicacao_n_48_2022__tercerizacao_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_49_2022__limpeza_mato_voluntario__-_tiago.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_50_2022__monitoramentoe_vigilancia__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_n_51_2022__curso_cuidador_de_idosos__-_natalia.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/391/indicacao_n_52_2022_iluminacao_lateral_quadra-_natalia.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_n_53_2022_mao_unica_rua-_luizinho.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/393/indicacao_n_54_2022_coqueiros_avenida_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_n_55_2022_sanitarios_praca_alimentacao_-_thiago.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/395/indicacao_n_56_2022_poda_de_arvore_almoxarifado_-_babinha.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_n_57_2022_poda_de_arvore_casa_do_vovo_-_babinha.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_n_58_2022_limpeza_da_quadra_do_jardim_marincek_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_n_59_2022_melhoria_travessia_rodvia_-_babinha.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_n_60_2022__tapa_buraco__-_thiago.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_n_61_2022__reabertura_centro_de_lazer-_natalia.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_n_62_2022_calcada_itamar_scaprpelini-_natalia.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_n_63_2022_bolsa_atleta-_luizinho.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/438/indicacao_n_64_2022_tapa_buraco-_luizinho.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_n_65_2022_proerd_-_alan.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_n_66_2022__reabertura_piscinas_centro_de_lazer-_tiago.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_n_67_2022__tercerizacao_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/449/indicacao_n_68_2022__limpeza_rodoviaria_-_claudia.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_n_69_2022_lixeira__farmacia-_luizinho.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_n_70_2022_tapa_buraco-_luizinho.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_n_71_2022__tapa_buraco__-_thiago.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/461/indicacao_n_72_2022_valetas_de_concreto_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/462/indicacao_n_73_2022__campeonato_de_skate_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/463/indicacao_n_74_2022__campeonato_de_volei_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/464/indicacao_n_75_2022__campeonato_de_basquete_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/465/indicacao_n_76_2022__tapa_buraco__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_n_77_2022_cmei_octacilio__-_natalia.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_n_78_2022___isencao_iptu-babinha.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/482/indicacao_n_79_2022_lombada-_thiago.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/483/indicacao_n_80_2022_iluminacao_natalina_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/484/indicacao_n_81_2022_salao_multiuso-_gabriel.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/485/indicacao_n_82_2022_palestras_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/486/indicacao_n_83_2022_torneio_futebol_society_1_x_1_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/487/indicacao_n_84_2022_-_iluminacao_de_frente_da_quadra_-_claudia.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/491/indicacao_n_85_2022_lombada-_claudia_e_natalia.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/290/emenda_02_2022_ao_projeto_de_lei_20_2022.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/318/emenda_04_2022_ao_projeto_de_lei_49_2022.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/359/emenda_06__2022_ao_projeto_de_lei_54_2022.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/420/emenda_07_2022_ao_projeto_de_lei_96_2022.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/421/emenda_08_2022_ao_projeto_de_lei_complementar_06_2022.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/255/pedido_01_2022_cestas_natalinas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/268/pedido_02_2022_programa_aluno_digital_-_natalia.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/269/pedido_03_2022_aquisicao_de_uniformes_escolares_-_natalia.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/270/pedido_04_2022_brinquedos_da_creche_octacilio_-_natalia.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/282/pedido_06_2022_quadro_de_cargos_em_comissao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/283/pedido_07_2022_compra_de_onibus_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/284/pedido_08_2022_projeto_marcenaria_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/291/pedido_09_2022_compra_de_pecas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/292/pedido_10_2022_gastos_de_viagem_prefeito_-_claudia.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/293/pedido_11_2022_descricao_de_atividades_cargos_-_claudia.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/294/pedido_12_2022_complementacao_cestas_natalinas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/295/pedido_13_2022_resultado_processo_seletivo_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/345/pedido_14_2022__exames__-_natalia_claudia_e_luizinho.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/346/pedido_15_2022__transporte_tercerizado_-_claudia.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/347/pedido_16_2022__monitores_-_claudia.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/366/pedido_17_2022_complementacao_cestas_natalinas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/377/pedido_18_2022__gastos_festividades_-_claudia.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/378/pedido_19_2022_informacao_poco_artesiano_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/404/pedido_20_2022_ferias_dos_servidores_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/405/pedido_21_2022_fundeb_-_natalia.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/406/pedido_22_2022_desvio_de_funcao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/407/pedido_23_2022_distrito_industrial_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/408/pedido_24_2022_teste_do_pezinho_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/432/pedido_26_2022_programa_tem_saida_-_claudianatalia.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/433/pedido_27_2022__transporte_tercerizado_2_-_claudia.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/434/pedido_28_2022_construcao_irregular_area_verde_-_claudia.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/435/pedido_29_2022_placas_vermelhas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/443/pedido_30_2022_informacao_manutencao_frota_-__claudia.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/453/pedido_31_2022_quadro_de_cargos_em_comissao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/454/pedido_32_2022_locacao_do_salao_de_festar_e_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/459/pedido_34_2022_gastos_esportes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/473/pedido_35_2022_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/490/pedido_36_2022_reforma__administrativa_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/452/reiteracao_do_pedido_21_2022_fundeb_-_natalia.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/436/mocao_01_2022_-_apoio-_alan.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/481/mocao_02_2022_-_apoio-_marta.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/335/projeto_de_lei_complementar_01_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/388/projeto_de_lei_complementar_02_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_complementar_04_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_de_lei_complementar_05_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_de_lei_complementar_06_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2022/455/veto_parcial.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H246"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="156.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="155.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>