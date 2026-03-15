--- v0 (2025-10-07)
+++ v1 (2026-03-15)
@@ -54,3406 +54,3406 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeitura Municipal - PM</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/492/pl_01.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/492/pl_01.pdf</t>
   </si>
   <si>
     <t>Oficio nº 04/2023 – DMA encaminhando o Projeto de Lei n° 01/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional suplementar e dá outras providências.”</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Câmara Municipal de Sales Oliveira - CMSO</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/493/pl_02.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/493/pl_02.pdf</t>
   </si>
   <si>
     <t>Oficio nº 07/2023  A – DMA encaminhando o Projeto de Lei n° 02/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional Especial e dá outras providências.”</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/494/pl_03.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/494/pl_03.pdf</t>
   </si>
   <si>
     <t>Oficio nº 07/2023  B – DMA encaminhando o Projeto de Lei n° 03/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional Especial e dá outras providências.”</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/495/pl_04.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/495/pl_04.pdf</t>
   </si>
   <si>
     <t>Oficio nº 07/2023  C – DMA encaminhando o Projeto de Lei n° 04/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional Especial e dá outras providências.”</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/496/pl_05.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/496/pl_05.pdf</t>
   </si>
   <si>
     <t>Oficio nº 09/2023  A – DMA encaminhando o Projeto de Lei n° 05/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional Especial e dá outras providências.”</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/497/pl_06.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/497/pl_06.pdf</t>
   </si>
   <si>
     <t>Oficio nº 09/2023  B – DMA encaminhando o Projeto de Lei n° 06/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional Especial e dá outras providências.”</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_08_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_08_2023.pdf</t>
   </si>
   <si>
     <t>Ofício nº 016/2023 – DMA – ptg – A – encaminhando o Projeto de Lei n° 08/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional especial e dá outras providências.”</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_de_lei_09_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_de_lei_09_2023.pdf</t>
   </si>
   <si>
     <t>Ofício nº 016/2023 – DMA – ptg – B – encaminhando o Projeto de Lei n° 09/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional suplementar e dá outras providências.”</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_10_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_10_2023.pdf</t>
   </si>
   <si>
     <t>Ofício nº 016/2023 – DMA – ptg – C – encaminhando o Projeto de Lei n° 10/2023 de autoria do Prefeito Fábio Godoy Graton que “Institui o Programa de Recuperação Fiscal de Sales Oliveira (REFIS 2023) e dá outras providências.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_11_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_11_2023.pdf</t>
   </si>
   <si>
     <t>Ofício nº 017/2023 – DMA – ptg – A – encaminhando o Projeto de Lei n° 11/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional Especial e dá outras providências.”</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_13_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_13_2023.pdf</t>
   </si>
   <si>
     <t>Ofício nº 018/2023 – DMA – ptg – A – encaminhando o Projeto de Lei n° 13/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional suplementar e dá outras providências.”</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_14_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_14_2023.pdf</t>
   </si>
   <si>
     <t>Ofício nº 018/2023 – DMA – ptg – A – encaminhando o Projeto de Lei n° 14/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional suplementar e dá outras providências.”</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_16_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_16_2023.pdf</t>
   </si>
   <si>
     <t>Ofício nº 025/2023 – DMA – ptg – encaminhando o Projeto de Lei n° 16/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional suplementar e dá outras providências.” –</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_172023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_172023.pdf</t>
   </si>
   <si>
     <t>Ofício nº 026/2023 – DMA – ptg – encaminhando o Projeto de Lei n° 17/2023 de autoria do Prefeito Fábio Godoy Graton que “Autoriza o Poder Executivo Municipal a conceder reajuste de vencimentos aos servidores públicos municipais e dá outras providências.”</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_projeto_de_lei_18_2023.-_reajuste_vereadores.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_projeto_de_lei_18_2023.-_reajuste_vereadores.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 18/2023 de autoria da Mesa Diretora da Câmara Municipal que “Dispõe sobre o índice de revisão geral dos subsídios dos Agentes Políticos do Poder Legislativo e Executivo do Município de Sales Oliveira e dá outras providências”.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_projeto_de_lei_19_2023.-_reajuste_funcionarios.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_projeto_de_lei_19_2023.-_reajuste_funcionarios.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 19/2023 de autoria da Mesa Diretora da Câmara Municipal que “Dispõe sobre reajuste salarial aos funcionários públicos da Câmara Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/536/projeto_de_lei_20_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/536/projeto_de_lei_20_2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 20/2023 de autoria do Prefeito Fábio Godoy Graton que “Abre no orçamento vigente crédito adicional suplementar e  especial e dá outras providências.”</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_21_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_21_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional especial e dá outras providências.”</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_22_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_22_2023.pdf</t>
   </si>
   <si>
     <t>“Cria Cargo que compõe o quadro permanente de servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/558/projeto_de_lei_23_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/558/projeto_de_lei_23_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Sistema de Controle Interno no âmbito do Município de Sales Oliveira  e dá outras providências”.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/559/projeto_de_lei_24_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/559/projeto_de_lei_24_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional especial e suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_projeto_de_lei_25_2023.-_credito_suplementar.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_projeto_de_lei_25_2023.-_credito_suplementar.docx</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente da Câmara Municipal crédito adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/561/projeto_de_lei_no_26_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/561/projeto_de_lei_no_26_2023.pdf</t>
   </si>
   <si>
     <t>“Institui e dispõe sobre a contribuição para custeio do serviço de iluminação pública, prevista  no Art. 149-A da Constituição Federal, cria ao Fundo Municipal de Iluminação Pública e dá outras providências”.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_27_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_27_2023.pdf</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/586/projeto_de_lei_28_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/586/projeto_de_lei_28_2023.pdf</t>
   </si>
   <si>
     <t>“ Cria Cargos que compõem o quadro permanente de servidores públicos municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_no._029_2023_altera_lei_municipal_no._2.000-20_-_comtur.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_no._029_2023_altera_lei_municipal_no._2.000-20_-_comtur.docx</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal nº. 2.000/20 nos dispositivos que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Natalia Fernanda Martins</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/601/projeto_de_projeto_de_lei_30_2023.-_divulgacao_conselhos.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/601/projeto_de_projeto_de_lei_30_2023.-_divulgacao_conselhos.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a divulgação dos dados dos Conselhos Municipais na página oficial da Prefeitura Municipal na internet”.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/611/projeto_de_lei_31_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/611/projeto_de_lei_31_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito adicional especial e dá outras providências”.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/612/projeto_de_lei_32_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/612/projeto_de_lei_32_2023.pdf</t>
   </si>
   <si>
     <t>Abre no Orçamento Vigente crédito Adicional especial e dá outras providências”. –</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/613/projeto_de_lei_33_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/613/projeto_de_lei_33_2023.pdf</t>
   </si>
   <si>
     <t>“Cria o Conselho Municipal de Cultura e Defesa do Patrimônio Histórico e Artístico de Sales Oliveira – SP, o Fundo Municipal de Cultura e Defesa do Patrimônio Histórico e Artísitico de Sales Oliveira e dá Outras providências”.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_34_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_34_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito Adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Luiz Roberto Sampronio Resende</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_lei_35_2023_-_tea__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_lei_35_2023_-_tea__-_luizinho.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre o dever de inserção do símbolo municipal da conscientização do transtorno do espectro autista – TEA, nas placas de atendimento prioritário”.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/624/projeto_de_lei_36_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/624/projeto_de_lei_36_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre reajuste à Bolsa Auxilio instituída pela Lei Municipal nº 2.134/2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_lei_37_2023_-_cordao_girassol__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_lei_37_2023_-_cordao_girassol__-_luizinho.docx</t>
   </si>
   <si>
     <t>“Institui o uso do Cordão de Girassol como instrumento auxiliar de orientação  para identificação  de pessoas com deficiências ocultas, no Município de Sales Oliveira”.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/627/projeto_de_lei_39_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/627/projeto_de_lei_39_2023.pdf</t>
   </si>
   <si>
     <t>“Cria Cargos que compõem o quadro permanente de servidores públicos municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/628/projeto_de_lei_40_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/628/projeto_de_lei_40_2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo do Município de Sales Oliveira, Estado de São Paulo, a celebrar contrato de comodato ou acordo de cooperação  técnica com a Justiça Eleitoral e dá outras providências”.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/632/projeto_de_lei_41_2023_1.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/632/projeto_de_lei_41_2023_1.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento vigente Crédito Adicional Especial e dá outras providências”.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/633/projeto_de_lei_42_2023_2.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/633/projeto_de_lei_42_2023_2.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento vigente Crédito Adicional Suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/634/projeto_de_lei_43_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/634/projeto_de_lei_43_2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 43/2023 que “Abre no Orçamento vigente Crédito Adicional Suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/635/projeto_de_lei_44_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/635/projeto_de_lei_44_2023.pdf</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/636/projeto_de_lei_45_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/636/projeto_de_lei_45_2023.pdf</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_46_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_46_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito Adicional Suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/652/projeto_de_lei_48_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/652/projeto_de_lei_48_2023.pdf</t>
   </si>
   <si>
     <t>“Cria cargos que compõem o quadro permanente de servidores públicos municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_de_lei_50_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_de_lei_50_2023.pdf</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/654/projeto_de_lei_51_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/654/projeto_de_lei_51_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito Adicional Suplementar e especial e dá outras providências”.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_de_lei_52_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_de_lei_52_2023.pdf</t>
   </si>
   <si>
     <t>Oficio nº 133/2023 – DMA – ptg C do Executivo Municipal, Prefeito Fábio Godoy Graton encaminhando o Projeto de Lei n° 52/2023 de autoria do Prefeito Fabio Godoy Graton que “Abre no Orçamento Vigente crédito Adicional especial e dá outras providências”.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/666/projeto_de_lei_n_53_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/666/projeto_de_lei_n_53_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do programa Lote Social Urbanizado e autoriza o município a realizar compra e doação de lotes de interesse social urbanizados do município de Sales Oliveira – SP para fins de moradia, define os critérios pertinentes e dá outras providências.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/671/projeto_de_lei_58_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/671/projeto_de_lei_58_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito adicional suplementar e especial e dá outras providências”.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/672/projeto_de_lei_62_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/672/projeto_de_lei_62_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Sistema de Controle Interno no âmbito do Município de Sales Oliveira e dá outras providências”.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/673/projeto_de_lei_63_2023_-_assistencia_aos_animais__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/673/projeto_de_lei_63_2023_-_assistencia_aos_animais__-_luizinho.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre o atendimento aos animais doentes, abandonados ou de propriedade de pessoas carentes, através de convênio a ser firmado com clínicas veterinárias particulares e dá outras providências ”.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/674/projeto_de_lei_64_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/674/projeto_de_lei_64_2023.pdf</t>
   </si>
   <si>
     <t>Abre no Orçamento Vigente Crédito Adicional Especial e dá outras providências”.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/675/projeto_de_lei_65_2023_-_dia_de_folga_prevencao__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/675/projeto_de_lei_65_2023_-_dia_de_folga_prevencao__-_luizinho.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade da Administração Municipal conceder um dia de licença por ano aos funcionários públicos para realização de exame preventivo de câncer ginecológico e de próstata e da outras providências”.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/685/projeto_de_lei_66_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/685/projeto_de_lei_66_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente Crédito Adicional Especial e dá outras providências”.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/686/projeto_de_lei_67_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/686/projeto_de_lei_67_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Programa Lote Social Urbanizado e autoriza  o município a realizar compra e doação de lotes de interesse social urbanizados do Município de Sales Oliveira – SP para fins de moradia, define os critérios pertinentes  e dá outras  providências”.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/687/projeto_de_lei_68_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/687/projeto_de_lei_68_2023.pdf</t>
   </si>
   <si>
     <t>“ Abre no Orçamento Vigente Crédito Adicional Especial e dá outras providências”. –</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/688/projeto_de_projeto_de_lei_69_2023.-_credito_suplementar.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/688/projeto_de_projeto_de_lei_69_2023.-_credito_suplementar.docx</t>
   </si>
   <si>
     <t>“Abre no Orçamento  Vigente da Câmara Municipal, Crédito Adicional Suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/689/projeto_de_lei_no_70_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/689/projeto_de_lei_no_70_2023.pdf</t>
   </si>
   <si>
     <t>“ Abre no Orçamento Vigente Crédito Adicional Suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/690/projeto_de_lei_71_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/690/projeto_de_lei_71_2023.pdf</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/698/projeto_de_lei_72_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/698/projeto_de_lei_72_2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza a celebração de contrato de programa com o COMAM para delegação por meio de parceria público-privada, dos serviços de iluminação pública no Município, incluídos o desenvolvimento, a modernização, ampliação, a operação e manutenção da  rede de iluminação pública, autoriza a  instituição de garantias e dá outras providências”.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/699/projeto_de_lei_73_2023_.-_receitas__-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/699/projeto_de_lei_73_2023_.-_receitas__-_gabriel.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 73/2023 de autoria dos Vereadores  Gabriel Sinfrônio e  Luiz Roberto Sampronio Pereira que “Dispõe sobre a expedição de receitas médica e odontológicas em computador no âmbito do Município de Sales Oliveira  e dá outras providências”.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional suplementar  e dá outras providências”.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/701/projeto_de_lei_75_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/701/projeto_de_lei_75_2023.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial e dá outras providências”.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/702/projeto_de_lei_76_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/702/projeto_de_lei_76_2023.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/703/projeto_de_lei_77_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/703/projeto_de_lei_77_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/704/projeto_de_lei_78_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/704/projeto_de_lei_78_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional suplementar e especial e dá outras providências”.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/705/projeto_de_lei_79_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/705/projeto_de_lei_79_2023.pdf</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/706/projeto_de_lei_80_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/706/projeto_de_lei_80_2023.pdf</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/707/projeto_de_lei_81_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/707/projeto_de_lei_81_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro  de 2024 e dá outras providências”.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/708/projeto_de_lei_82_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/708/projeto_de_lei_82_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o procedimento para a instalação de infraestrutura de suporte para estação transmissora de radiocomunicação _ ETR autorizada pela Agência Nacional de Telecomunicações – ANATEL, nos termos da legislação federal vigente”.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/709/projeto_de_lei_83_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/709/projeto_de_lei_83_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no orçamento vigente crédito adicional especial e dá outras providências”.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/724/projeto_de_lei_84_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/724/projeto_de_lei_84_2023.pdf</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/725/projeto_de_lei_85_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/725/projeto_de_lei_85_2023.pdf</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/726/projeto_de_projeto_de_lei_86_2023.-_credito_suplementar.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/726/projeto_de_projeto_de_lei_86_2023.-_credito_suplementar.docx</t>
   </si>
   <si>
     <t>“Abre no Orçamento vigente da Câmara Municipal, crédito adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/727/projeto_de_lei_87_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/727/projeto_de_lei_87_2023.pdf</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Alessandro de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/737/projeto_de_lei_88_2023.-_dia_municipal_do_transito.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/737/projeto_de_lei_88_2023.-_dia_municipal_do_transito.docx</t>
   </si>
   <si>
     <t>“Institui e inclui no Calendário Oficial de Eventos do Município de Sales Oliveira – SP, o “Dia Municipal do Trânsito”, a ser comemorado, anualmente, no dia 25 de setembro.”</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/738/projeto_de_lei_89_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/738/projeto_de_lei_89_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito adicional especial e dá outras providências”. – abertura de dotações no orçamento de 2023 no valor de R$ 1.888.579,47 referente aos saldos não utilizados no ano de 2022.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/751/projeto_de_lei_90_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/751/projeto_de_lei_90_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Turismo de Sales Oliveira  para o período de 2024 a 2026 e dá outras providências”.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/752/projeto_de_lei_91_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/752/projeto_de_lei_91_2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 91/2023 do Executivo Municipal, Prefeito Fábio Godoy Graton que “Dispõe sobre a denominação dos logradouros públicos  e alteração dos lotes dados como caução  pelo Loteamento denominado “Jardim Angelina” de acordo com as Leis Municipais nº 1.960 de 05 de Fevereiro de 2019 e  2.054 de 04 de fevereiro de 2021 e dá outras providências”. _x000D_
 Despacho: Arquive-se. Substituído.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/753/projeto_de_lei_92_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/753/projeto_de_lei_92_2023.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do Artigo 4º da Lei nº 2.239/22 e dá outras providências"</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/754/projeto_de_lei_93_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/754/projeto_de_lei_93_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito adicional especial e suplementar  e dá outras providências”</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/755/projeto_de_lei_94_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/755/projeto_de_lei_94_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente crédito adicional especial e dá outras providências”</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/756/projeto_de_lei_95_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/756/projeto_de_lei_95_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Programa  lote Social urbanizado  e autoriza o Município a realizar compra e doação de lotes de interesse social urbanizados no Município de Sales Oliveira para fins de moradia, define os critérios  pertinentes e dá outras providências dores Municipais de Sales Oliveira como entidade autárquica, define sua estrutura administrativa e dá outras providências”.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/757/projeto_de_lei_96_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/757/projeto_de_lei_96_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação dos logradouros públicos  e alteração dos lotes dados como caução  pelo Loteamento denominado “Jardim Angelina” de acordo com as Leis Municipais nº 1.960 de 05 de Fevereiro de 2019 e  2.054 de 04 de fevereiro de 2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/765/projeto_de_lei_103_20223.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/765/projeto_de_lei_103_20223.pdf</t>
   </si>
   <si>
     <t>“Altera a redação das Leis Municipais nºs 1.170/98 e 1.732/2023 e demais alterações legislativas  e dá outras providências”.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/766/projeto_de_lei_104_2023_loa.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/766/projeto_de_lei_104_2023_loa.pdf</t>
   </si>
   <si>
     <t>“Estima a receita e fixa a despesa do município de Sales Oliveira para 2024 e dá outras providências”.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_de_lei_105_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_de_lei_105_2023.pdf</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/768/projeto_de_lei_106_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/768/projeto_de_lei_106_2023.pdf</t>
   </si>
   <si>
     <t>“Regulamenta o § 1º do Art. 6º da Lei Municipal nº 1.805/2015 para dispor sobre a composição, o mecanismo de eleição dos representantes e o funcionamento  do Fórum Municipal da Educação de Sales Oliveira  - FMESO, conforme especifica”.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/769/projeto_de_lei_107_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/769/projeto_de_lei_107_2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a firmar parceria com a Associação Atlética Salense e dá outras providências”.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/770/projeto_de_lei_108_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/770/projeto_de_lei_108_2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a repassar os valores previstos na Lei Municipal nº 2.315 de 05 de outubro de 2023 para a SBHSR”.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/771/projeto_de_lei_109_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/771/projeto_de_lei_109_2023.pdf</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/785/projeto_de_lei_110_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/785/projeto_de_lei_110_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Diário Oficial Municipal Eletrônico – DOM-e do Município de Sales Oliveira e a forma de publicação, divulgação e  comunicação eletrônica dos atos municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_de_lei_111_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_de_lei_111_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a afetação de uma área de 2.078,77m² para fazer a interligação da Rua José Vilela Nunes Sobrinho entre as Ruas Major Manoel Azevedo de Souza e João Tizzioti”</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_lei_112_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_lei_112_2023.pdf</t>
   </si>
   <si>
     <t>Abre  no Orçamento vigente crédito adicional suplementar  e especial  e dá outras providências”</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_de_lei_113_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_de_lei_113_2023.pdf</t>
   </si>
   <si>
     <t>“Abre  no Orçamento vigente crédito adicional suplementar e especial  e dá outras providências”</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_lei_115_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_lei_115_2023.pdf</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/803/projeto_de_lei_117_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/803/projeto_de_lei_117_2023.pdf</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_projeto_de_lei_118_2023.-_credito_suplementar.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_projeto_de_lei_118_2023.-_credito_suplementar.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 118/2023 de autoria da Mesa Diretora que “Abre no Orçamento Vigente da Câmara Municipal, crédito adicional suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/805/projeto_de_lei_119_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/805/projeto_de_lei_119_2023.pdf</t>
   </si>
   <si>
     <t>Insere o parágrafo único ao Art. 1º da Lei nº 1.270 de 19 de Maio de 2001 no que especifica e dá outras providências</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/810/projeto_de_lei_120_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/810/projeto_de_lei_120_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente Crédito adicional Especial e  dá outras providências”. –</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/811/projeto_de_lei_121_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/811/projeto_de_lei_121_2023.pdf</t>
   </si>
   <si>
     <t>“Abre no Orçamento Vigente Crédito adicional suplementar e  dá outras providências”.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/812/projeto_de_lei_122_2023_2.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/812/projeto_de_lei_122_2023_2.pdf</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/819/projeto_de_lei_124_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/819/projeto_de_lei_124_2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a desafetar imóveis urbanos, com posterior doação das áreas à Companhia de Desenvolvimento Habitacional e Urbano e dá outras providências”.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/543/projeto_de_resolucao_01_2023.-_altera_regimento_interno__-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/543/projeto_de_resolucao_01_2023.-_altera_regimento_interno__-_gabriel.docx</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 01/2023 de autoria dos Vereadores Gabriel Sinfrônio, Alessandro de Sousa, Claudia Helena Ferreira Paganini, Luizinho e Natália Fernanda Martins que “Dispõe sobre alteração ao Artigo 227 do Regimento Interno da Câmara Municipal de Sales Oliveira/SP”.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/710/projeto_de_resolucao_02_2023.-_altera_resolucao_que_fixa_subsidios_2021_2024.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/710/projeto_de_resolucao_02_2023.-_altera_resolucao_que_fixa_subsidios_2021_2024.docx</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 02/2023 de Autoria da Mesa Diretora da Câmara Municipal que “Altera a Resolução nº 01/2020 que Dispõe sobre a fixação de subsídios dos Vereadores Municipais e Presidente ad Câmara Municipal da Câmara Municipal de Sales Oliveira para a Legislatura de 2021/2024 e dá outras providências”.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/789/projeto_de_resolucao_03_2023.-_devolucao_de_patrimonio.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/789/projeto_de_resolucao_03_2023.-_devolucao_de_patrimonio.docx</t>
   </si>
   <si>
     <t>“Autoriza a devolução de patrimônio pertencente a Câmara Municipal de Sales Oliveira à Prefeitura Municipal de Sales Oliveira e dá outras providências”.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_de_resolucao_04_2023.-_altera_regimento_interno__-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_de_resolucao_04_2023.-_altera_regimento_interno__-_gabriel.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração do Inciso III do Artigo 91 do Regimento Interno da Câmara Municipal de Sales Oliveira/SP”.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/791/projeto_de_resolucao_05_2023.-_regulamenta_as_sessoes_eletronicas.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/791/projeto_de_resolucao_05_2023.-_regulamenta_as_sessoes_eletronicas.docx</t>
   </si>
   <si>
     <t>“Regulamenta a deliberação remota nas sessões plenárias e reuniões de comissões no âmbito da Câmara de Sales Oliveira, com o objetivo de viabilizar o funcionamento do Poder Legislativo durante situações emergenciais e de garantir a participação nas votações de parlamentares impedidos de comparecer fisicamente à Câmara presencialmente”.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/588/projeto_de_decreto_legislativo_01__2023_contas_2023.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/588/projeto_de_decreto_legislativo_01__2023_contas_2023.docx</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 01/2023 de autoria da Presidente da Câmara Municipal, Sra. Natália Fernanda Martins que “Dispõe sobre a aprovação das Contas da Prefeitura Municipal de Sales Oliveira, relativas ao exercício de 2020 e fica acolhido o Parecer prévio emitido pelo Tribunal de Contas do Estado de São Paulo no Processo E-TC nº 00002984.989.20-2”.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/728/projeto_de_decreto_legislativo_02__2023_fixa_o_numero_de_vereadores.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/728/projeto_de_decreto_legislativo_02__2023_fixa_o_numero_de_vereadores.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a fixação do número de vereadores para a Legislatura de 2025/2028”.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>Ind</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Thiago Alberto Camilo de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n_01_2023_-_iluminacao_entorno_da_quadra__klodomiro_klemp_-__thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n_01_2023_-_iluminacao_entorno_da_quadra__klodomiro_klemp_-__thiago.docx</t>
   </si>
   <si>
     <t>Nº 01/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal a instalação de equipamentos de iluminação no entrono da academia ao ar livre e da Quadra Esportiva Clodomiro Augusto Klemp, no Jardim Paraíso.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_n_02_2023_-_melhorias_na_areninha_jose_paulo_de_oliveira_-__thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_n_02_2023_-_melhorias_na_areninha_jose_paulo_de_oliveira_-__thiago.docx</t>
   </si>
   <si>
     <t>Nº 02/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal a melhorias na Areninhaa José Camilo de Oliveira, como equipamentos de iluminação, banheiros, vestiário e bebedouro.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n_03_2023_-_manutencao_na_praca_adriao_terrra_-__thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n_03_2023_-_manutencao_na_praca_adriao_terrra_-__thiago.docx</t>
   </si>
   <si>
     <t>Nº 03/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal a limpeza, manutenção, instalação de equipamentos de iluminação Pública e lixeiras na Praça Adrião Terra.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n_04_2023_-_liberacao_de_cooler_matines_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n_04_2023_-_liberacao_de_cooler_matines_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 04/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal que liberação de coolers com bebidas e bolsas com alimentos nas duas matines que aconteceram no carnaval.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_n_05_2023__monitoramentoe_vigilancia__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_n_05_2023__monitoramentoe_vigilancia__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 05/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal que possa aumentar o efetivo da Guarda Municipal ou que contrate segurança privada para a realização de vigilância e monitoramento dos prédios e bens públicos municipais.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_n_06_2023_reajuste_funcionalismo__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_n_06_2023_reajuste_funcionalismo__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 06/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a concessão de no mínimo 10% de reajuste salarial e a concessão de mais R$ 100,00 no auxilio alimentação dos Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_n_07_2023_melhorias_escoamento__-_thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_n_07_2023_melhorias_escoamento__-_thiago.docx</t>
   </si>
   <si>
     <t>Nº 07/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal melhorias no pavimento da Rua Luiz Alves Pereira, no Bairro Jardim Canaã, mais precisamente em frente ao número 140.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>Claudia Helena Ferreira Paganini</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n_08_2023_muro_da_emei-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n_08_2023_muro_da_emei-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 08/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal melhorias nos muros da Escola EMEI Waldir Turim, que fazem fundo com as residências do Conjunto Habitacional Romeu de Barros, devido a problemas de infiltração.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>Alan Felipe dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n_09_2023_reajuste_gratificacao_policiais__-_alan.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n_09_2023_reajuste_gratificacao_policiais__-_alan.docx</t>
   </si>
   <si>
     <t>Nº 09/2023 de autoria do Vereador Alan Felipe dos Santos solicitando ao Executivo Municipal a concessão de reajuste da gratificação especial (pró-labore) dos policiais militares.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_n_10_2023_melhorias_jd._j.b.-__natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_n_10_2023_melhorias_jd._j.b.-__natalia.docx</t>
   </si>
   <si>
     <t>Nº 10/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal a limpeza e manutenção do Bairro Residencial J. B. assim como cuidados com a entrada do bairro, com serviço de pavimentação e colocação de lixeira para descarte de lixo pelos moradores e proprietários.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_n_11_2023_melhorias_residencial_vida_nova-__natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_n_11_2023_melhorias_residencial_vida_nova-__natalia.docx</t>
   </si>
   <si>
     <t>Nº 11/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal, a manutenção das ruas do Residencial Vida Nova, assim como a manutenção da estrada rural que liga o Município a Fazenda Olaria.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/532/indicacao_n_12_2023_implantar_a_corrida_de_rua_-_tiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/532/indicacao_n_12_2023_implantar_a_corrida_de_rua_-_tiago.docx</t>
   </si>
   <si>
     <t>Nº 12/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal estudar a viabilidade de implantar a corrida de rua anual em um circuito que passe por pontos importantes da cidade, até como evento comemorativo do aniversário da cidade.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/533/indicacao_n_13_2023_calcada_marginal_-_tiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/533/indicacao_n_13_2023_calcada_marginal_-_tiago.docx</t>
   </si>
   <si>
     <t>Nº 13/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal a construção de calçamento até o final da Avenida Marginal e construção das calçadas nas propriedades particulares.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_n_14_2023_limpeza_aurora_ii_-_tiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_n_14_2023_limpeza_aurora_ii_-_tiago.docx</t>
   </si>
   <si>
     <t>Nº 14/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal a limpeza e manutenção das ruas e terrenos do Bairro Aurora II constantemente e que realize a ligação da Avenida Marginal Lídia Lembi Ferreira a rotatória do Cristo.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/546/indicacao_n_15_2023_torneio_de_baralho_-_alessandro.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/546/indicacao_n_15_2023_torneio_de_baralho_-_alessandro.docx</t>
   </si>
   <si>
     <t>Nº 15/2023 de autoria do Vereador Alessandro de Sousa solicitando ao Executivo Municipal, a implantação do torneio de baralho, dividido em etapas, com realização em dias diferentes, como evento comemorativo de aniversário do município.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>Gabriel Sinfrônio</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_n_16_2023_mao_unica_rua-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_n_16_2023_mao_unica_rua-_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 16/2023 de autoria do Vereador Gabriel Sinfrônio solicitando ao Executivo Único no restante da Rua Vereador Antônio Costa Curta, no Centro.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/547/indicacao_n_17_2023_pintura_de_sinalizacoes_horizontais_e_colocacao_de_placas__-__tiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/547/indicacao_n_17_2023_pintura_de_sinalizacoes_horizontais_e_colocacao_de_placas__-__tiago.docx</t>
   </si>
   <si>
     <t>Nº 17/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal, a pintura das sinalizações de trânsito horizontais e a implantação sinalização vertical nas ruas, bairros e logradouros públicos.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_n_18_2023_-_melhorias_na_areninha_jose_paulo_de_oliveira_-__thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_n_18_2023_-_melhorias_na_areninha_jose_paulo_de_oliveira_-__thiago.docx</t>
   </si>
   <si>
     <t>Nº 18/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal, a manutenção da mureta com a placa da inauguração da ‘Areninha’ José Camilo de Oliveira, assim como a pintura da quadra de basquete que já se encontra apagada.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/549/indicacao_n_19_2023_estacionamento_de_45_graus_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/549/indicacao_n_19_2023_estacionamento_de_45_graus_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 19/2023 de autoria da Vereadora Natália Fernanda Martins  solicitando ao Executivo Municipal, a implantação estacionamento de 45 graus nas imediações da E.E. Capitão Getúlio Lima.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/550/indicacao_n_20_2023_limpeza_avenida_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/550/indicacao_n_20_2023_limpeza_avenida_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 20/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal, a limpeza e manutenção da Avenida Victorino Nonino (rua do Centro de Lazer) , no Bairro Chácaras Cachoeirinhas.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/551/indicacao_n_21_2023_aquisicao_mini_trator_rocador_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/551/indicacao_n_21_2023_aquisicao_mini_trator_rocador_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 21/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal, a aquisição de um mini trator roçador de grama, com intuito de facilitar os trabalhos da equipe da limpeza e roçagem.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_n_22_2023_revitalizacao_da_praca_dos_expedicionarios_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_n_22_2023_revitalizacao_da_praca_dos_expedicionarios_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 22/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal, a limpeza, manutenção e revitalização da Praça dos Expedicionários (Praça do Cemitério).</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/552/indicacao_n_23__2023_manutencao_estrada_rural__-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/552/indicacao_n_23__2023_manutencao_estrada_rural__-_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 23/2023 de autoria do Vereador Gabriel Sinfrônio solicitando ao Executivo Municipal, a manutenção da Estrada Rural que liga o Município a Fazenda Olaria.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/554/indicacao_n_24__2023_caes_almoxarifado__-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/554/indicacao_n_24__2023_caes_almoxarifado__-_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 24/2023 de autoria do Vereador Gabriel Sinfrônio solicitando ao Executivo Municipal, o recolhimento dos cães abandonados da proximidade do Almoxarifado Municipal, para lugar apropriado.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/555/indicacao_n_25_2023__monitoramentoe_cemiterio_-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/555/indicacao_n_25_2023__monitoramentoe_cemiterio_-_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 25/2023 de autoria do Vereador Gabriel Sinfrônio solicitando ao Executivo Municipal, a disponibilização de um guarda noturno no Cemitério Municipal, assim como a instalação de iluminação e sistema de monitoramento do local.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/606/indicacao_n_26_2023_entrada_franca_festa_do_peao_-_alan.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/606/indicacao_n_26_2023_entrada_franca_festa_do_peao_-_alan.docx</t>
   </si>
   <si>
     <t>Nº 26/2023 de autoria do Vereador Alan Felipe dos Santos solicitando ao Executivo Municipal a concessão de entrada na Franca Solidária a população na Festa de Peão de Boiadeiro que será realizado no mês de maio de 2023, mediante doação de alimentos não perecíveis.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/556/indicacao_n_27_2023_sinalizacao_e_estacionamento_creche_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/556/indicacao_n_27_2023_sinalizacao_e_estacionamento_creche_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 27/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal, o desígnio de local de embarque e desembarque para os alunos da Creche/Escola Octacílio da Silva Ferreira, bem como estudo para ser feito um estacionamento para professores e funcionários da Creche e funcionários do ESF III.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/557/indicacao_n_28_2023_valetas_de_concreto_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/557/indicacao_n_28_2023_valetas_de_concreto_-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 28/2023 de autoria do Vereador Alessandro de Sousa solicitando ao Executivo Municipal, a manutenção de valeta de concreto no cruzamento da Rua Roberto Orsi com a Rua Vereador Amâncio dos Santos, no Bairro Jardim Paraíso.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_n_29__2023_disponibilizacao_de_cacamba_na_creche_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_n_29__2023_disponibilizacao_de_cacamba_na_creche_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 29/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal a disponibilização de caçamba fixa na creche do jardim marincek.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_n_30_corte_de_cabelo_criancas_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_n_30_corte_de_cabelo_criancas_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 30/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a realização de campanha de corte de cabelo aos alunos da rede pública de ensino, pelos profissionais cabelereiros da cidade.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_n_31_alambrado_campo_centro_de_lazer_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_n_31_alambrado_campo_centro_de_lazer_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 31/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a realização de troca do alambrado do Campo de Futebol do Centro de Lazer do Trabalhador Salense, assim como a manutenção do campo.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/578/indicacao_n_32_2023_troca_das_lampadas_queimadas_quadra_marincek_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/578/indicacao_n_32_2023_troca_das_lampadas_queimadas_quadra_marincek_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 32/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a troca de iluminação queimada na Quadra Esportiva do Jardim Marincek, assim como manutenção do banheiro do logradouro.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_n_33_2023_bebedouro_ginasio_de_esportes_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_n_33_2023_bebedouro_ginasio_de_esportes_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 33/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a instalação de bebedouro de alvenaria no Ginásio de Esportes Durval Borsato</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/580/indicacao_n_34_2023_cursos_para_os_professores_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/580/indicacao_n_34_2023_cursos_para_os_professores_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 34/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal a oferta de cursos de capacitação para todos os profissionais da rede municipal de educação, incluindo os das entidades e também a Escola Estadual Capitão Getúlio Lima.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/581/indicacao_n_35_2023__tapa_buraco__-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/581/indicacao_n_35_2023__tapa_buraco__-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 35/2023 de autoria do Vereador Alessandro de Sousa solicitando ao Executivo Municipal serviços de operação “tapa-buraco” no local e de fechamento da erosão na Rua Jose G. S. Turim, no Bairro Jardim Aurora I.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_n_36_2023_remocao_de_arvore_na_capitao_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_n_36_2023_remocao_de_arvore_na_capitao_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 36/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal a remoção de árvore na E.E. Capitão Getúlio Lima.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_n_37_2023_canteiros_rua_dr._reboucas_-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_n_37_2023_canteiros_rua_dr._reboucas_-_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 37/2023 de autoria do Vereador Gabriel Sinfrônio solicitando ao Executivo Municipal a manutenção dos canteiros da Rua Dr. Rebouças com a realização de paisagismo.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_n_38_2023_repelente_para_gestantes_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_n_38_2023_repelente_para_gestantes_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 38/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal que conceda repelente as gestantes do município.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_n_39_2023_iluminacao_praca_das_mangueiras_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_n_39_2023_iluminacao_praca_das_mangueiras_-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 39/2023 de autoria do Vereador Alessandro de Sousa solicitando ao Executivo Municipal a instalação de iluminação na Academia ao Ar Livre na Praça das mangueiras.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_n_40_2023_show_gospel_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_n_40_2023_show_gospel_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 40/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a realização de show com cantor evangélico/gospel na comemoração do Dia do Evangélico em nossa cidade.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_n_41_2023_melhoria_centro_de_saude_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_n_41_2023_melhoria_centro_de_saude_-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 41/2023 de autoria da Vereadora Claudia Helena Paganini solicitando ao Executivo Municipal a realização de benfeitorias no Centro de Saúde, como toldo, pintura de faixa amarela e acesso para cadeirante, da rua para calçada.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_n_42_2023_guarda_municipal_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_n_42_2023_guarda_municipal_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 42/2023  de autoria do Vereador Luizinho solicitando ao Executivo Municipal o aumento do efetivo da Guarda Municipal, oferta de treinamento periódico e restruturação da Guarda Municipal com plano de carreira.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/596/indicacao_n_43_2023_bebedouro_pracas_-luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/596/indicacao_n_43_2023_bebedouro_pracas_-luizinho.docx</t>
   </si>
   <si>
     <t>Nº 43/2023  de autoria do Vereador Luizinho solicitando ao Executivo Municipal a instalação  de bebedouros nas praças e áreas verdes de grande frequentação.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/597/indicacao_n_44_2023__iluminacao_pista_de_skate__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/597/indicacao_n_44_2023__iluminacao_pista_de_skate__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 44/2023  de autoria do Vereador Luizinho solicitando ao Executivo Municipal a instalação de iluminação da pista de skate.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/598/indicacao_n_45_2023_lixeiras_praca_alimentacao_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/598/indicacao_n_45_2023_lixeiras_praca_alimentacao_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 45/2023  de autoria do Vereador Luizinho solicitando ao Executivo Municipal a instalação de lixeiras seletivas na Praça de Alimentação.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/599/indicacao_n_46_2023_plotagem_veiculos_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/599/indicacao_n_46_2023_plotagem_veiculos_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 46/2023  de autoria do Vereador Luizinho solicitando ao Executivo Municipal a plotagem dos  veículos oficiais que ainda não tem identificação.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/605/indicacao_n_47_2023_restricao_alimentar_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/605/indicacao_n_47_2023_restricao_alimentar_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 47/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal que possa oferecer um cardápio especial para todos os alunos da rede pública municipal de ensino que sofram com algum tipo de restrição alimentar, assim como para as entidades que a Prefeitura Municipal fornece merenda e outros alimentos.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/607/indicacao_n_48_2023_planejamento_limpeza_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/607/indicacao_n_48_2023_planejamento_limpeza_-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 48/2023 de autoria da Vereadora Claudia Helena Paganini solicitando ao Executivo Municipal a elaboração de planejamento de limpeza e manutenção do Município com a divulgação do cronograma de limpeza a população.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/608/indicacao_n_49__2023_uniforme_professores_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/608/indicacao_n_49__2023_uniforme_professores_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 49/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal providências no sentido de fornecer uniforme para todos os servidores e professores da rede pública municipal de educação, visando trazer um pouco mais de segurança aos pais e alunos</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/609/indicacao_n_50_2023__tapa_buraco__-_thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/609/indicacao_n_50_2023__tapa_buraco__-_thiago.docx</t>
   </si>
   <si>
     <t>Nº 50/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal o serviço de tapa buraco na altura do nº 63 A da Rua Roberto Orsi no Jardim Paraíso.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/610/indicacao_n_51_2023_seguranca_nas_escolas__-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/610/indicacao_n_51_2023_seguranca_nas_escolas__-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 51/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal providências no sentido de promover maiores investimentos em segurança, cursos, palestras e profissionais de psicologia nas escolas públicas municipais.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/617/indicacao_n_53_2023_mau_cheiro_no_cemiterio_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/617/indicacao_n_53_2023_mau_cheiro_no_cemiterio_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 53/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal que os Departamentos de Obra e Engenharia e de Meio Ambiente possa realizar investigação da origem do mau cheiro no Cemitério Municipal e  posterior providências para eliminar o problema.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/618/indicacao_n_54_2023_motocross_-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/618/indicacao_n_54_2023_motocross_-_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 54/2023 de autoria do Vereador Gabriel Sinfrônio solicitando ao Executivo Municipal que possa realizar o Campeonato de motocross na programação de aniversário do município.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/619/indicacao_n_55_2023_campeonato_de_som_automotivo_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/619/indicacao_n_55_2023_campeonato_de_som_automotivo_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 55/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal que possa realizar o Campeonato de som automotivo na programação de aniversário do município.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/620/indicacao_n_56_2023_compra_de_cobertores_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/620/indicacao_n_56_2023_compra_de_cobertores_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 56/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal providências no sentido de adquirir e disponibilizar cobertores às famílias mais carentes do município.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/621/indicacao_n_57_2023_rua_j.f._sobrinho_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/621/indicacao_n_57_2023_rua_j.f._sobrinho_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 57/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal o serviço de tapa nivelamento da Rua J. F. Sobrinho no Centro e a colocação de placa de sentido único que foi arrancada.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/622/indicacao_n_58_2023_onibus_para_as_igrejas-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/622/indicacao_n_58_2023_onibus_para_as_igrejas-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 58/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal providências no sentido de encaminhar Projeto de Lei à Câmara Municipal, nos moldes do Ante Projeto em anexo, no intuito de firmar convênio com as igrejas do município para fornecimento de transporte quando necessário, em contra partida aos trabalhos beneficentes em prol a população realizados.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/629/indicacao_n_59_2023_isencao_sepultamento_-_alan.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/629/indicacao_n_59_2023_isencao_sepultamento_-_alan.docx</t>
   </si>
   <si>
     <t>Nº 59/2023 de autoria da Vereador Alan Felipe dos Santos ao Executivo Municipal  solicitando que seja estuda a concessão de isenção das taxas de sepultamento às famílias carentes do município, assim como ajuda para realização do velório  sepultamento.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_n_60_2023_pntos_importantes__festa_do_peao_-_alessandro_claudia_gabriel_luiz_e_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_n_60_2023_pntos_importantes__festa_do_peao_-_alessandro_claudia_gabriel_luiz_e_natalia.docx</t>
   </si>
   <si>
     <t>Nº 60/2023 de autoria dos Vereadores Alessandro de Sousa, Claudia Helena Ferreira Paganini, Gabriel Sinfrônio, Luizinho e Natália Fernanda Martins ao Executivo Municipal indicando algumas recomendações a serem observadas, para que a Festa de Peão de Boiadeiro não tenha imprevistos e alcance muitos bons resultados</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_n_61_2023_bolsa_atleta_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_n_61_2023_bolsa_atleta_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 61/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal que com base no Anteprojeto de Lei em anexo, possa propor um Projeto de Lei concedendo bolsa atleta aos atletas amadores representantes do Município de Sales Oliveira em competições regionais, estaduais, nacionais e internacionais.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/638/indicacao_n_62_2023_nomenclatura_-_alan_dra_thiago_e_tata.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/638/indicacao_n_62_2023_nomenclatura_-_alan_dra_thiago_e_tata.docx</t>
   </si>
   <si>
     <t>Nº 62/2023 de autoria dos Vereadores Alan Felipe dos Santos, Marta Cristina Vasconcellos Dornellas, Natanael Willians Campanaro da Silva e Thiago Alberto Camilo de Oliveira ao Executivo Municipal indicando o nome da falecida Sra. Neusa Bordonal Pereira para denominação da Policlínica da Mulher, que se encontra em construção.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_n_63_2023_poda_de_arvore_cemiterio_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_n_63_2023_poda_de_arvore_cemiterio_-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 63/2023 de autoria do Vereador Alessandro de Sousa solicitando ao Executivo Municipal que realize o serviço de poda das arvores de fronte ao Cemitério Municipal.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/640/indicacao_n_64_2023_cameras_de_monitoramento_no_cemiterio_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/640/indicacao_n_64_2023_cameras_de_monitoramento_no_cemiterio_-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 64/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal a possibilidade de instalação de câmeras de segurança em pontos estratégicos no cemitério municipal.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/644/indicacao_n_65_2023_reforma_salao_de_festas_municipal-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/644/indicacao_n_65_2023_reforma_salao_de_festas_municipal-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 65/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a reforma e manutenção do Salão de Festas Municipal “Augusto Passaglia”.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/645/indicacao_n_66_2023_pintura_de_sinalizacoes_horizontais_salao_de_festas__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/645/indicacao_n_66_2023_pintura_de_sinalizacoes_horizontais_salao_de_festas__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 66/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a pintura da sinalização nas ruas no entorno do Salão de Festas Municipal “Augusto Passaglia”.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/646/indicacao_n_67__2023_uniformes_de_inverno__-__luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/646/indicacao_n_67__2023_uniformes_de_inverno__-__luizinho.docx</t>
   </si>
   <si>
     <t>Nº 67/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a concessão de uniformes de inverno aos alunos da rede pública de ensino.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/647/indicacao_n_68_2023_revitalizacao_letreiro_ginasio_de_esportes_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/647/indicacao_n_68_2023_revitalizacao_letreiro_ginasio_de_esportes_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 68/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a revitalização do letreiro do Ginásio de Esportes “Durval Borsato”.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/648/indicacao_n_69_2023_valetas_de_concreto_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/648/indicacao_n_69_2023_valetas_de_concreto_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 69/2023 de autoria da Vereadora Natália Fernanda Martins ao Executivo Municipal a manutenção de valeta existente no cruzamento da Rua Manoel Cottas Sobrinho com a Avenida Marginal Wagner Godoy, no Bairro Estância dos Coqueiros.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/649/indicacao_n_70_2023_limpeza_rua_luis_guimaraes-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/649/indicacao_n_70_2023_limpeza_rua_luis_guimaraes-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 70/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal a limpeza da Rua Luis Giumarães no Centro, mais precisamente ao lado Almoxarifado Municipal.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/650/indicacao_n_71_2023_-_melhorias_na_praca_da_areninha_jose_paulo_de_oliveira_-__claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/650/indicacao_n_71_2023_-_melhorias_na_praca_da_areninha_jose_paulo_de_oliveira_-__claudia.docx</t>
   </si>
   <si>
     <t>Nº 71/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal a instalação de iluminação e demais infraestrutura necessária na Praça José Alves Moreira, onde está localizada a Areninha José Camilo de Oliveira, no Bairro Jardim Alto Limpo”.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/651/indicacao_n_72_2023_lombada-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/651/indicacao_n_72_2023_lombada-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 72/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a instalação de redutores de velocidade com a devida sinalização nos dois sentidos da Avenida João Tosta Carneiro, próximo ao cruzamento com a Rua José Bonifácio no Jardim Alto Limpo.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/658/indicacao_n_73_2023_cheque_livro-_alan.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/658/indicacao_n_73_2023_cheque_livro-_alan.docx</t>
   </si>
   <si>
     <t>Nº 73/2023 de autoria do Vereador Alan Felipe dos Santos solicitando ao Executivo Municipal que seja ofertado aos estudantes e profissionais da educação do município um cheque livro, para aquisição de livros na feira do livro.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_n_74_2023_lombada-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_n_74_2023_lombada-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 74/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a instalação de redutor de velocidade do tipo lombada na altura do nº 101 da Rua Jerônimo Alves Pereira, no Bairro Jardim Alto Limpo I.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>Nº 75/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a substituição de lâmpadas queimadas e a poda das arvores da Praça Maria José Azevedo Martins Terra ao lado da A.A. Salense.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/661/indicacao_n_76_2023_iluminacao_pracas_-_luiz.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/661/indicacao_n_76_2023_iluminacao_pracas_-_luiz.docx</t>
   </si>
   <si>
     <t>Nº 76/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a realização de estudos e de projetos de iluminação em todas as praças do município que não contam com a infraestrutura.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_n_77_2023_lombada-__alan.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_n_77_2023_lombada-__alan.docx</t>
   </si>
   <si>
     <t>Nº 77/2023 de autoria do Vereador Alan Felipe dos Santos solicitando ao Executivo Municipal a instalação de redutor de velocidade na altura do nº 948 da Avenida Mogiana, sentido Norte.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_n_78_2023_lombada-__luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_n_78_2023_lombada-__luizinho.docx</t>
   </si>
   <si>
     <t>Nº 78/2023 de autoria do Vereador Luizinho ao Executivo Municipal, solicitando a instalação de redutor de velocidade do tipo lombada na altura do nº 369 da Rua Hélio da Silva Ferreira no Bairro Aurora II.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/664/indicacao_n_79_2023_infraestrutura_praca_jardim_boa_vista_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/664/indicacao_n_79_2023_infraestrutura_praca_jardim_boa_vista_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 79/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal  a limpeza, manutenção e melhorias na Praça do Jardim Bela Vista.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/665/indicacao_n_80_2023_manutencao_cemiterio_-luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/665/indicacao_n_80_2023_manutencao_cemiterio_-luizinho.docx</t>
   </si>
   <si>
     <t>Nº 80/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a realização de manutenção no cemitério municipal.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/670/indicacao_n_81_2023_torneio_de_pipas-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/670/indicacao_n_81_2023_torneio_de_pipas-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 81/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a realização de um torneio de pipas com premiações no Centro de Lazer do Trabalhado Salense – Ângelo Turim, para participação de crianças e jovens, bem como a promoção de palestras com o intuito de alertá-las dos perigos que o cerol pode gerar.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/680/indicacao_n_82_2023_sinalizacao_creche_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/680/indicacao_n_82_2023_sinalizacao_creche_-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 82/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal a realização de pintura de faixa de pedestres e sinalização horizontal e implantação de sinalização vertical no entorno da Casa da Criança Salense Professora Maria Aparecida Domingues de Almeida.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/681/indicacao_n_83_2023_manutencao_quadras-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/681/indicacao_n_83_2023_manutencao_quadras-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 83/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal  de  limpeza e manutenção das Quadras do Jardim Paraíso, Alto Limpo II e Jardim Marincek, assim como a instalação de bebedouros e demais infraestruturas.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/682/indicacao_n_84_2023_distribuicao_de_projetos_esportivos-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/682/indicacao_n_84_2023_distribuicao_de_projetos_esportivos-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 84/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal  a realização  dos projetos esportivos do Município nas Quadras do Jardim Paraíso, Alto Limpo II e Jardim Marincek, proporcionando maior facilidade de acesso, maior envolvimento da sociedade e a disponibilidade do Ginásio de Esportes para prática de novos esportes.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/683/indicacao_n_85_2023_parceria_com_clinicas_veterinarias-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/683/indicacao_n_85_2023_parceria_com_clinicas_veterinarias-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 85/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal  a criação medidas que vise a formalização de  parcerias, com base no Ante Projeto de Lei em anexo, para assistência médico veterinária aos animais doentes, abandonados, ou de propriedade de pessoas carentes, as quais não possuem condições financeiras para arcar com o tratamento de seus animais, quando do momento de urgências, ou de eventual atropelamento, ou ainda possível envenenamento.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/684/indicacao_n_86_2023_folga_preventiva-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/684/indicacao_n_86_2023_folga_preventiva-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 86/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal  a  concessão de um dia de licença, por ano, com base  no Ante Projeto de Lei em anexo, para a realização de exame preventivo de câncer ginecológico a todas as funcionárias públicas municipais com 30 anos ou mais e para realização de exames de próstata para funcionários públicos com mais de 40 anos.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/692/indicacao_n_87_2023_iluminacao_praca_adriao_terra-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/692/indicacao_n_87_2023_iluminacao_praca_adriao_terra-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 87/2023 de autoria da Vereador Luiz Roberto Sampronio Resende solicitando ao Executivo Municipal a instalação de iluminação e demais melhorias na Praça Adrião Terra no início da Avenida Mogiana.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/693/indicacao_n_88_2023_molhagem_camppo_centro_de_lazer-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/693/indicacao_n_88_2023_molhagem_camppo_centro_de_lazer-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 88/2023 de autoria dos Vereadores Gabriel Sinfrônio e Luiz Roberto Sampronio Resende solicitando ao Executivo Municipal a molhagem da vegetação e do campo de futebol do Centro de Lazer do Trabalhador Salense, para boa utilização do local pela população e pelo alunos do projeto esportivo que frequentam o local.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/717/indicacao_n_89_2023_iluminacao_capela_sao_jose_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/717/indicacao_n_89_2023_iluminacao_capela_sao_jose_-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 89/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal a instalação de iluminação na Praça e nas cercanias da Capela São José, no Bairro Jardim Alto Limpo.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/718/indicacao_n_90_2023___isencao_iptu-babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/718/indicacao_n_90_2023___isencao_iptu-babinha.docx</t>
   </si>
   <si>
     <t>Nº 90/2023 de autoria do Vereador Alessandro de Sousa que solicita ao Executivo Municipal por meio de ante projeto de lei em anexo, a isenção de IPTU as famílias de baixa renda, viúvas, órfãos, aposentados, incapacitados, portadores de doenças graves e outros casos especiais.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/719/indicacao_n_91_2023_bueiro_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/719/indicacao_n_91_2023_bueiro_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 91/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a manutenção do bueiro próximo ao Supermercado Máximo.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/720/indicacao_n_92_2023_limpeza_da_quadra_do_jardim_marincek_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/720/indicacao_n_92_2023_limpeza_da_quadra_do_jardim_marincek_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 92/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a limpeza e manutenção da Quadra Esportiva do Jardim Marincek.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/721/indicacao_n_93_2023_sinalizacao_cruzamento-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/721/indicacao_n_93_2023_sinalizacao_cruzamento-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 93/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a instalação e pintura de sinalização vertical e horizontal no cruzamento das ruas Egídio Costa Curta Sobrinho e Aparecida Pereira no Bairro Estância das Palmeiras. Solicitando também  o serviço de recapeamento do local citado.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/722/indicacao_n_94_2023_troca_de_areia_campinho_do_bairro_jardim_dos_ipes__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/722/indicacao_n_94_2023_troca_de_areia_campinho_do_bairro_jardim_dos_ipes__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 94/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a realização a instalação de academia ao ar livre e melhorias no campinho de areia do Bairro Jardim dos Ipês.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/723/indicacao_n_95_2023__tapa_buraco__-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/723/indicacao_n_95_2023__tapa_buraco__-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 95/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal o serviço de tapa buraco nas proximidades do número 45 da Rua Jerônimo Alves Pereira no Barrio Jardim Alto Limpo.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/732/indicacao_n_96_2023__transporte_diruno_de_estudantes_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/732/indicacao_n_96_2023__transporte_diruno_de_estudantes_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 96/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal transporte diurno gratuito aos estudantes universitários e de cursos técnicos que estudam em cidades vizinhas.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/733/indicacao_n_97_2023__cessao_do_parque_permanente_para_os_caminhoneiros_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/733/indicacao_n_97_2023__cessao_do_parque_permanente_para_os_caminhoneiros_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 97/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal que realize um estudo, para que os proprietários de  veículos pesados (caminhões) possam utilizar o Parque de Exposições Sebastião Vigarani como estacionamento seguro nos dias em que não houverem eventos.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/734/indicacao_n_98_2023__manutencao_na_estrada_rural_do_lageado-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/734/indicacao_n_98_2023__manutencao_na_estrada_rural_do_lageado-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 98/2023 de autoria do Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal a manutenção da estrada rural que liga o Município a Fazenda Lajeado.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/735/indicacao_n_99_2023__comemoracao_dia_das_criancas_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/735/indicacao_n_99_2023__comemoracao_dia_das_criancas_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 99/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal que estude a possibilidade de realizar uma festa em comemoração ao dia das crianças para todas as crianças e jovens do município.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/742/indicacao_n_100_2023__buracos_entulho_marincek-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/742/indicacao_n_100_2023__buracos_entulho_marincek-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 100/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal o serviço de tapa buraco dos buracos onde são depositados os lixos e entulhos nas áreas verdes do  Bairro Jardim Marincek.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/743/indicacao_n_101_2023_tapa_buraco_marincek-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/743/indicacao_n_101_2023_tapa_buraco_marincek-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 101/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal o serviço de tapa buraco nas ruas do  Bairro Jardim Marincek.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/744/indicacao_n_102_2023_melhoria_cemiterio-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/744/indicacao_n_102_2023_melhoria_cemiterio-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 102/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal melhorias no Cemitério Municipal, como a arborização e a construção de calçamento.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/745/indicacao_n_103_2023_limpeza_rua_capitao_cobra-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/745/indicacao_n_103_2023_limpeza_rua_capitao_cobra-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 103/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal o serviço de limpeza e manutenção da  Rua Capitão Cobra no   Bairro Centro.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/746/indicacao_n_104_2023__melhorias_no_centro_de_lazer_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/746/indicacao_n_104_2023__melhorias_no_centro_de_lazer_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 104/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal melhorias no Centro de Lazer do Trabalhador Salense.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/747/indicacao_n_105_2023_iluminacao_da_praca_da_academia_ao_ar_livre_-__luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/747/indicacao_n_105_2023_iluminacao_da_praca_da_academia_ao_ar_livre_-__luizinho.docx</t>
   </si>
   <si>
     <t>Nº 105/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a troca de lâmpadas queimadas na Praça do Jardim Paraíso, onde há a Academia ao Ar Livre.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/749/indicacao_n_106_2023_cmei_octacilio__-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/749/indicacao_n_106_2023_cmei_octacilio__-_natalia.docx</t>
   </si>
   <si>
     <t>Nº 106/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal reforma e melhoria da CEMEI Otacílio da Silva Ferreira, com o intuito de proporcionar maior conforto as crianças atendidas. Indica ainda que, estude a possibilidade de ampliação da creche e números de vagas.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/750/indicacao_n_107_2023_inss__-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/750/indicacao_n_107_2023_inss__-_babinha.docx</t>
   </si>
   <si>
     <t>Nº 107/2023 de autoria do Vereador Alessandro de Sousa solicitando ao Executivo Municipal a  analise do anteprojeto de lei em anexo, e propor a matéria para apreciação deste Legislativo, com o intuito conceder o benefício aos servidores aposentados por invalidez de um acréscimo de 25% (vinte e cinco por cento) em seus proventos, dignificando e ampliando o bem-estar dos se enquadrem na situação prevista.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/761/indicacao_n_108_2023__tapa_buraco_cidade_toda__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/761/indicacao_n_108_2023__tapa_buraco_cidade_toda__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 108/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal o levantamento e posterior serviço de tapa buraco em todas as ruas e avenidas da cidade, onde a melhoria é necessária.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/762/indicacao_n_109_2023__poda_de_arvores_emei__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/762/indicacao_n_109_2023__poda_de_arvores_emei__-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 109/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal o serviço de poda de arvores no entorno da Escola EMEI Waldir Turim.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_n_110_2023_festa_da_palha-_luizinho.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_n_110_2023_festa_da_palha-_luizinho.doc</t>
   </si>
   <si>
     <t>Nº 110/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal que todos os artistas, artesões e produtores que realizam o trabalho artístico e de manufatura da palha de milho em nosso município possam ser convidados para a expor seus trabalhos na Festa da Palha a ser realizada neste ano. Solicita ainda entrada franca a todos os munícipes para o evento.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/764/indicacao_n_111_2023__subvencao_social_salense_-_luizinho.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/764/indicacao_n_111_2023__subvencao_social_salense_-_luizinho.doc</t>
   </si>
   <si>
     <t>Nº 111/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal solicitando a destinação de subvenção social A. A. Salense.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/775/indicacao_n_112_2023_manutencao_av._dom_pedro_-_natalia.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/775/indicacao_n_112_2023_manutencao_av._dom_pedro_-_natalia.doc</t>
   </si>
   <si>
     <t>Nº 112/2023 de autoria da Vereadora Natália Fernanda Martins  solicitando ao Executivo Municipal o nivelamento e a reorganização dos paralelepípedos da Avenida Dom Pedro II.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/776/indicacao_n_113_2023_abono_salarial_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/776/indicacao_n_113_2023_abono_salarial_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 113/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a concessão de abono natalino aos funcionários públicos municipais.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/777/indicacao_n_114_2023_sala_de_espera_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/777/indicacao_n_114_2023_sala_de_espera_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 114/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a disponibilização de uma sala de espera aos motoristas de ambulância que estão de prontidão.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/778/indicacao_n_115_2023_valetas_de_concreto_-_thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/778/indicacao_n_115_2023_valetas_de_concreto_-_thiago.docx</t>
   </si>
   <si>
     <t>Nº 115/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal a manutenção de valeta de escoamento de águas pluviais no cruzamento da Rua Manoel Cottas Sobrinho com a Avenida Marginal Wagner Godoy, no Bairro Estância dos Coqueiros.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Nº 116/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal a limpeza manutenção, poda da arborização e implantação de iluminação pública nas Praças Norma Ferriani Barradas e Benedito Godoy (Pista de Skate) no Bairro Estância dos Coqueiros.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/780/indicacao_n_117_2023__tapa_buraco__-_thiago.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/780/indicacao_n_117_2023__tapa_buraco__-_thiago.docx</t>
   </si>
   <si>
     <t>Nº 117/2023 de autoria do Vereador Thiago Alberto Camilo de Oliveira solicitando ao Executivo Municipal o serviço de tapa buraco nas proximidades do número 558, na Avenida Marginal, Bairro Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/781/indicacao_n_118__2023__rocagem_e_limpeza_pracas_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/781/indicacao_n_118__2023__rocagem_e_limpeza_pracas_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 118/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal a limpeza, manutenção e roçagem das Praças Norma Ferriani e Benedito Godoy no Bairro Estância dos Coqueiros, Praça Santa Cruz no Bairro Jardim Guayuvira e Praça Waldemar Bispo Ramos no Bairro Jardim Marincek.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/782/indicacao_n_119_2023_limpeza_jd_boa_vista_-_alan.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/782/indicacao_n_119_2023_limpeza_jd_boa_vista_-_alan.docx</t>
   </si>
   <si>
     <t>Nº 119/2023 de autoria do Vereador Alan Felipe dos Santos solicitando ao Executivo Municipal a limpeza e manutenção das ruas e terrenos do Bairro Jardim Boa Vista, assim como o desentupimento dos bueiros.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/783/indicacao_n_120_2023__tapa_buraco__-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/783/indicacao_n_120_2023__tapa_buraco__-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 120/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal o serviço de tapa buraco na Avenida dos Jequitibás, mais especificamente atrás da A.A. Salense.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_n_121_2023__uniforme_funcionarios__-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_n_121_2023__uniforme_funcionarios__-_claudia.docx</t>
   </si>
   <si>
     <t>Nº 121/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal a concessão de uniformes aos funcionários públicos municipais.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/796/indicacao_n_122_2023_cameras_de_video_monitoraneto_com_detecta-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/796/indicacao_n_122_2023_cameras_de_video_monitoraneto_com_detecta-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 122/2023 de autoria do Vereador Luizinho  solicitando ao Executivo Municipal que solicite ao Governo do Estado o Software Detecta para que seja instalado juntamente ao sistema de videomonitoramento que será implantado no município.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/797/indicacao_n_123_2023_postinho_receita_federal.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/797/indicacao_n_123_2023_postinho_receita_federal.docx</t>
   </si>
   <si>
     <t>Nº 123/2023 de autoria do Vereador  Gabriel Sinfrônio  solicitando ao Executivo Municipal que firme termo de cooperação junto à Receita Federal do Brasil para a implantação no município de Sales Oliveira  do Posto de Atendimento Virtual da Receita Federal.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/798/indicacao_n_124_2023_limpezados_bairros_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/798/indicacao_n_124_2023_limpezados_bairros_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 124/2023 de autoria do Vereador Luizinho  solicitando ao Executivo Municipal o serviço de limpeza dos bairros Jardim Alto Limpo, Jardim Boa Vista, Jardim Canaã, Jardim Marincek e Chácaras Cachoerinha.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/799/indicacao_n_125_2023_sentido_duplo_voluntario_-_luizinho_e_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/799/indicacao_n_125_2023_sentido_duplo_voluntario_-_luizinho_e_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 125/2023 de autoria dos Vereadores Gabriel Sinfrônio e  Luizinho  solicitando ao Executivo Municipal estude uma melhor solução para o trafego da Rua Voluntário Nélio Guimarães, se possível torna-la totalmente de sentido duplo.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/800/indicacao_n_126_2023_instalacao_de_bebedouros_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/800/indicacao_n_126_2023_instalacao_de_bebedouros_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 126/2023 de autoria do Vereador Luizinho  solicitando ao Executivo Municipal a implantação de bebedouro.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_n_127_2023_caravana_coca_cola_-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_n_127_2023_caravana_coca_cola_-_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 127/2023 de autoria do Vereador Gabriel Sinfrônio  solicitando ao Executivo Municipal para que solicite junto a Empresa Coca Cola FEMSA Brasil, para que a caravana de natal da coca cola passe pelo município no mês de dezembro.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_n_128_2023_rampas_de_acessibilidade_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_n_128_2023_rampas_de_acessibilidade_-_luizinho.docx</t>
   </si>
   <si>
     <t>Nº 128/2023 de autoria do Vereador Luizinho  solicitando ao Executivo Municipal para que implante rampas de acessibilidade nas calçadas das praças Maria J.A.M. Terra, localizada ao lado do campo de futebol da Associação Atlética Salense, e na praça Santa Cruz, localizado no bairro Jardim Guayuvira. Solicita ainda a realização de um estudo em todas as vias públicas e espaços públicos da nossa cidade para detectar onde ainda não tem rampas de acessibilidade e, após isso, que elas sejam construídas.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/817/indicacao_n_129_2023_nomeacao_campo_de_bocha_-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/817/indicacao_n_129_2023_nomeacao_campo_de_bocha_-_gabriel.docx</t>
   </si>
   <si>
     <t>Nº 129/2023 de autoria do Vereador Gabriel Sinfrônio solicitando ao Executivo Municipal para nomear a Quadra de Bocha do Centro de Lazer do Trabalhador Salense com o nome do Senhor Caetano Mantovani.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Nº 130/2023 de autoria do Vereadores Claudia Helena Ferreira Paganini, Gabriel Sinfrônio, Luizinho e Natália Fernanda Martins solicitando ao Executivo Municipal um planejamento e adote as medidas necessárias para realizar a limpeza geral de todas as ruas e praças da cidade, atendendo, dessa maneira o pedido de grande parte da população. Solicito, ainda, que sejam tomadas as providências previstas na Lei n° 1.961, de 05 de fevereiro de 2019 para que os proprietários dos terrenos baldios na cidade os mantenham limpos.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>Emend</t>
   </si>
   <si>
     <t>Projeto de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/530/emenda_01_2023_ao_projeto_de_lei_10_2022_altera_refis.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/530/emenda_01_2023_ao_projeto_de_lei_10_2022_altera_refis.doc</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 01/2023 ao Projeto de Lei nº 10/2023 de autoria do Vereador Gabriel Sinfrônio.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/694/emenda_03_2023_ao_projeto_de_lei_48_2023_altera__requisito_motoristas.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/694/emenda_03_2023_ao_projeto_de_lei_48_2023_altera__requisito_motoristas.doc</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/695/emenda_04_2023_ao_projeto_de_lei_complementar_03_2023.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/695/emenda_04_2023_ao_projeto_de_lei_complementar_03_2023.doc</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 04/2023 de autoria do Vereador Alessandro e Sousa ao Projeto de Lei Complementar nº 03/2023 que “Dispõe sobre a Reestruturação  dos Servidores Efetivos do Município de Sales Oliveira, Estado de São Paulo  e dá outras providências”.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/696/emenda_05_2023_ao_projeto_de_lei_complementar_03_2023.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/696/emenda_05_2023_ao_projeto_de_lei_complementar_03_2023.doc</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 05/2023 de autoria do Vereador Alessandro e Sousa ao Projeto de Lei Complementar nº 03/2023 que “Dispõe sobre a Reestruturação  dos Servidores Efetivos do Município de Sales Oliveira, Estado de São Paulo  e dá outras providências”.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/697/emenda_06_2023_ao_projeto_de_lei_48_2023_altera__requisito_tecnicos_em_enfermagem.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/697/emenda_06_2023_ao_projeto_de_lei_48_2023_altera__requisito_tecnicos_em_enfermagem.doc</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 06/2023 de autoria do Vereador Luizinho ao Projeto de Lei 48/2023 que “Cria Cargos que compõem o quadro permanente de servidores públicos municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/729/emenda_07_2023_ao_projeto_de_72_2023_supressiva_art_3.doc</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/729/emenda_07_2023_ao_projeto_de_72_2023_supressiva_art_3.doc</t>
   </si>
   <si>
     <t>Emenda Supressiva nº 07/2023 ao Projeto de Lei nº 72/2023, de autoria dos Vereadores Natália Fernanda Martins, Alessandro de Sousa, Claudia Helena Ferreira Paganini, Gabriel Sinfrônio e Luizinho que “ Supri o Artigo 3º do Projeto de Lei nº 72/2023”.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/759/emenda_20_2023_ao_projeto_de_lei_95_2023__-_art14.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/759/emenda_20_2023_ao_projeto_de_lei_95_2023__-_art14.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 20/2023 ao Projeto de Lei nº 95/2023 de autoria dos Vereadores Alessandro de Sousa, Claudia Helena Ferreira Paganini, Gabriel Sinfrônio, Luiz Roberto Sampronio Resende e Natália Fernanda Martins.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/499/pedido_de_informacao_01_2023_estagio_-_alessandro_e_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/499/pedido_de_informacao_01_2023_estagio_-_alessandro_e_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 01/2023 de autoria dos Vereadores Natália Fernanda Martins e Alessandro de Sousa, que solicitam ao Executivo Municipal informações sobre a contratação de estagiários pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/500/pedido_de_informacao_02_2023_campinho_jardim_dos_ipes__-_alessandro.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/500/pedido_de_informacao_02_2023_campinho_jardim_dos_ipes__-_alessandro.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 02/2023 de autoria do Vereador  Alessandro de Sousa, que solicita ao Executivo Municipal informações se há projeto de revitalização do campinho areia situado no Bairro Jardim dos Ipês.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/501/pedido_de_informacao_03_2022_distrito_industrial_-_alessandro.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/501/pedido_de_informacao_03_2022_distrito_industrial_-_alessandro.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 03/2023 de autoria do Vereador  Alessandro de Sousa, que solicita ao Executivo Municipal informações sobre o Distrito Industrial do Município.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/502/pedido_de_informacao_04_2022_pro_labore_policia_-_alessandro.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/502/pedido_de_informacao_04_2022_pro_labore_policia_-_alessandro.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 04/2023 de autoria do Vereador  Alessandro de Sousa, que solicita ao Executivo Municipal informações a respeito  da Execução da Lei Municipal nº 1.710/2013 que trata da fiscalização e policiamento de trânsito pelos policiais militares.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/503/pedido_de_informacao_05_2023_quadro_de_cargos_em_comissao_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/503/pedido_de_informacao_05_2023_quadro_de_cargos_em_comissao_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 05/2023 de autoria do Vereador  Luizinho, que solicita ao Executivo Municipal informações a respeito  do Quadro de cargos de provimento em comissão da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/504/pedido_de_informacao_06_2023_desvio_de_funcao_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/504/pedido_de_informacao_06_2023_desvio_de_funcao_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 06/2023 de autoria do Vereador  Luizinho, que solicita ao Executivo Municipal informações a respeito  dos funcionários que ainda estão em desvio de função no Quadro de cargos da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/505/pedido_de_informacao_07_2023_vazamento_de_esgoto_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/505/pedido_de_informacao_07_2023_vazamento_de_esgoto_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 07/2023 de autoria do Vereador  Luizinho, que solicita ao Executivo Municipal informações a respeito  do vazamento de esgoto no córrego próximo ao lixão.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/506/pedido_de_informacao_08_2023_midias_sociais_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/506/pedido_de_informacao_08_2023_midias_sociais_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 08/2023 de autoria do Vereador  Luizinho, que solicita ao Executivo Municipal informações sobre a criação de artes e divulgação das informações e comunicados da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/507/pedido_de_informacao_09_2023_aquisicao_de_uniformes_escolares_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/507/pedido_de_informacao_09_2023_aquisicao_de_uniformes_escolares_-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 09/2023 de autoria da Vereadora Natália Fernanda Martins, que solicita ao Executivo Municipal informações sobre a concessão de kits escolares e uniformes aos alunos da rede pública de ensino.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/508/pedido_de_informacao_10_2023_fundeb_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/508/pedido_de_informacao_10_2023_fundeb_-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 10/2023 de autoria da Vereadora Natália Fernanda Martins, que solicita ao Executivo Municipal informações sobre os resíduos do FUNDEB do ano de 2022.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/509/pedido_de_informacao_11_2023_cadastro_de_rotas_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/509/pedido_de_informacao_11_2023_cadastro_de_rotas_-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 11/2023 de autoria da Vereadora Natália Fernanda Martins, que solicita ao Executivo Municipal informações sobre o cadastro pelo Departamento de Educação das rotas de transporte rural escolar no SED – Secretaria Escolar Digital-  da Secretaria de Educação do Estado de São Paulo.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/510/pedido_de_informacao_12_2023_coleta_de_lixo_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/510/pedido_de_informacao_12_2023_coleta_de_lixo_-_babinha.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 12/2023 de autoria do Vereador Alessandro de Sousa, que solicita ao Executivo Municipal informações sobre a coleta de lixo no município e o descarte de chorume na estação de tratamento de esgoto.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/511/pedido_de_informacao_13_2023_telhado_ginasio_de_esportes__-_luizinho_e_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/511/pedido_de_informacao_13_2023_telhado_ginasio_de_esportes__-_luizinho_e_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 13/2023 de autoria dos Vereadores Luizinho e Natalia Fernanda Martins, que solicita ao Executivo Municipal informações sobre a manutenção no telhado da Ginásio de Esportes Durval Borsato.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/539/pedido_de_informacao_14_2023_fundeb___-__natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/539/pedido_de_informacao_14_2023_fundeb___-__natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 14/2023 de autoria da Vereadora Natália Fernanda Martins solicitando ao Executivo Municipal informações sobre motivos que levaram a não aplicação de alguns recursos do FUNDEB.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/540/pedido_de_informacao_15_2023_piscinas___-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/540/pedido_de_informacao_15_2023_piscinas___-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 15/2023 de autoria do Vereador Luizinho  solicitando ao Executivo Municipal motivo da não reabertura das piscinas do Centro de Lazer do Trabalhador Salense.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/541/pedido_de_informacao_16_2023_projeto_cemiterio___-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/541/pedido_de_informacao_16_2023_projeto_cemiterio___-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 16/2023 de autoria do Vereador Luizinho  solicitando ao Executivo Municipal informações do Projeto de Ampliação do Cemitério Municipal.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/542/pedido_de_informacao_17_2023_gastos_carnaval_-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/542/pedido_de_informacao_17_2023_gastos_carnaval_-_gabriel.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 17/2023 de autoria dos Vereadores Gabriel Sinfrônio, Alessandro de Sousa, Claudia Helena Ferreira Paganini, Luizinho e Natália Fernanda Martins solicitando ao Executivo Municipal informações  a respeito do carnaval realizado no mês de fevereiro de 2023.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/563/pedido_de_informacao_18_2023_contratos_assessoria___-_alessandro.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/563/pedido_de_informacao_18_2023_contratos_assessoria___-_alessandro.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 18/2023 de autoria do Vereador Alessandro de Sousa solicitando ao Executivo Municipal informações sobre os contratos vigentes, firmados para a prestação de serviços de assessoria, consultoria e serviços técnicos especializados, as diversas áreas e setores da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/564/pedido_de_informacao_19_2023_situacao_das_obras_existentes_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/564/pedido_de_informacao_19_2023_situacao_das_obras_existentes_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 19/2023 de autoria do Vereador Luizinho ao Executivo Municipal informações sobre as obras públicas existentes no Município.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/565/pedido_de_informacao_20_2023_regularizacao_residencial_vida_nova_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/565/pedido_de_informacao_20_2023_regularizacao_residencial_vida_nova_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 20/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre os trabalhos de regularização do Bairro Residencial Vida Nova.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/566/pedido_de_informacao_21_2023__transporte_tercerizado_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/566/pedido_de_informacao_21_2023__transporte_tercerizado_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 21/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre a terceirização do transporte dos estudantes de nível técnico e universitário, para as cidades vizinhas.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/567/pedido_de_informacao_22_2023_falta_de_agua_j.b.-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/567/pedido_de_informacao_22_2023_falta_de_agua_j.b.-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 22/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre a falta de água no Bairro J.B.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/568/pedido_de_informacao_23_2023_rua_armando_bispo_ramos-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/568/pedido_de_informacao_23_2023_rua_armando_bispo_ramos-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 23/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre projeto de melhoria da Rua Armando Bispo Ramos no Jardim dos Ipês.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/569/pedido_de_informacao_24_2023_deformidade-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/569/pedido_de_informacao_24_2023_deformidade-_babinha.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 24/2023 de autoria do Vereador Alessandro de Sousa solicitando ao Executivo Municipal informações sobre a existência de projeto de manutenção da Avenida Dom Pedro II no início do Bairro Jardim Boa Vista.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/570/pedido_de_informacao_25_2023_dengue_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/570/pedido_de_informacao_25_2023_dengue_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 25/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal informações sobre a dengue no município.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/571/pedido_de_informacao_26_2023_informacao_manutencao_frota_saude_-__claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/571/pedido_de_informacao_26_2023_informacao_manutencao_frota_saude_-__claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 26/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal informações sobre os veículos da saúde.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/572/pedido_de_informacao_27_2023_transporte_pacientes_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/572/pedido_de_informacao_27_2023_transporte_pacientes_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 27/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal informações a respeito do transporte de pacientes.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/573/pedido_de_informacao_28_2023_furtos_a_predios_publicos___-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/573/pedido_de_informacao_28_2023_furtos_a_predios_publicos___-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 28/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações se algum prédio público foi furtado em meio à onda de furtos que está ocorrendo na cidade.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/589/pedido_de_informacao_29_2023_informacao_frota_muicipal_-__claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/589/pedido_de_informacao_29_2023_informacao_frota_muicipal_-__claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 29/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini solicitando ao Executivo Municipal informações documentação dos veículos da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/590/pedido_de_informacao_30_2023_informacao_gasto_onibus_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/590/pedido_de_informacao_30_2023_informacao_gasto_onibus_-_babinha.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 30/2023 de autoria do Vereador Alessandro de Sousa, solicitando ao Executivo Municipal informações sobre gastos realizados com o ônibus Placa GPN 5584.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/591/pedido_de_informacao_31_2023_informacao_tampoes_de_ferro_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/591/pedido_de_informacao_31_2023_informacao_tampoes_de_ferro_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 31/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini, solicitando ao Executivo Municipal informações sobre a ausência de tampões de ferro no acesso a rede de esgoto em diversas ruas da cidade.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/592/pedido_de_informacao_32_2023_revisoes_veiculos_frota_municipal_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/592/pedido_de_informacao_32_2023_revisoes_veiculos_frota_municipal_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 32/2023 de autoria do Vereador Luizinho, solicitando ao Executivo Municipal informações sobre as revisões de garantia dos veículos novos da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/604/pedido_de_informacao_33_2023_informacao_gasto_onibus_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/604/pedido_de_informacao_33_2023_informacao_gasto_onibus_-_babinha.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 33/2023 de autoria do Vereador Alessandro de Sousa, solicitando ao Executivo Municipal informações sobre gastos realizados com os ônibus Placa  DPC 0B55 e DPC 0B77.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>MDB</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/615/pedido_de_informacao_35_2023__velorio_municipal_-_claudia_natalia_e_luiz.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/615/pedido_de_informacao_35_2023__velorio_municipal_-_claudia_natalia_e_luiz.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 35/2023 de autoria dos Vereadores Claudia Helena Ferreira Paganini, Natália Fernanda Martins e Luizinho solicitando ao Executivo Municipal informações a respeito dos Processos licitatórios para reforma do Velório Municipal.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/637/pedido_de_informacao_36_2023_pavimentacao_da_avenida_dalcryr_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/637/pedido_de_informacao_36_2023_pavimentacao_da_avenida_dalcryr_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 36/2023 de autoria da Vereadora Cláudia Helena Ferreira Paganini, ao Executivo Municipal, solicitando informações a respeito da realização de processo licitatório para pavimentação da Avenida Dalcyr Borsato.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/642/pedido_de_informacao_37_2023__festa_do_peao.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/642/pedido_de_informacao_37_2023__festa_do_peao.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 37/2023 de autoria dos Vereadores Alan Felipe dos Santos, Marta Cristina Vasconcellos Dornellas, Natanael Willians  Campanaro da Silva e Thiago Alberto  Camilo de Oliveira, ao Executivo Municipal, solicitando informações dos gastos e arrecadações  com a realização da Festa de Peão de Boiadeiro no mês de Maio de 2023.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/643/pedido_de_informacao_38_2023__pl_original_reforma_adm.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/643/pedido_de_informacao_38_2023__pl_original_reforma_adm.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 38/2023 de autoria do Vereador Luizinho, ao Executivo Municipal, solicitando informações a respeito dos trabalhos realizados na prestação de serviços da empresa contratada pela Prefeitura Municipal para elaboração de Projeto de Lei de Reestruturação Administrativa da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/657/pedido_de_informacao_39_2023__redutores_de_velocidade_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/657/pedido_de_informacao_39_2023__redutores_de_velocidade_-_babinha.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 39/2023 de autoria do Vereador Alessandro de Sousa ao Executivo Municipal, solicitando informações a respeito das diretrizes para instalação de redutores de velocidade do tipo lombada.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/667/pedido_de_informacao_42_2023__e-sus_-_claudia_e_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/667/pedido_de_informacao_42_2023__e-sus_-_claudia_e_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 42/2023 de autoria das Vereadoras Claudia Helena Ferreira Paganini e Natália Fernanda Martins solicitando que o Executivo Municipal preste informações sobre o uso do Sistema Integrado de Saúde – SIS – no município.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/668/pedido_de_informacao_43_2023__motos_da_guarda_municipal_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/668/pedido_de_informacao_43_2023__motos_da_guarda_municipal_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 43/2023 de autoria do Vereador Luizinho solicitando que o Executivo Municipal preste informações sobre as duas motos da Guarda Civil Municipal de Sales Oliveira – SP que estão encostadas/paradas no almoxarifado da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/669/pedido_de_informacao_44_2023__veiculo_gol_da_prefeitura_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/669/pedido_de_informacao_44_2023__veiculo_gol_da_prefeitura_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 44/2023 de autoria do Vereador Luizinho solicitando que o Executivo Municipal preste informações sobre os sobre gastos realizados com o veículo Volkswagen Gol, cor preta, placa DJP – 9294.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/676/pedido_de_informacao_45_2023__emenda_recebida_esporte_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/676/pedido_de_informacao_45_2023__emenda_recebida_esporte_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 45/2023 de autoria do Senhor Vereador Luizinho que solicita ao Executivo Municipal informações sobre a utilização de Emenda Parlamentar enviada ao Município no ano de 2021, pelo Deputado Federal Baleia Rossi, no valor de R$ 250.000,00.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/677/pedido_de_informacao_46_2023_processo_seletivo_professor_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/677/pedido_de_informacao_46_2023_processo_seletivo_professor_-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 46/2023 de autoria da Senhora Vereadora Natália Fernanda Martins que solicita ao Executivo Municipal informações se haverá a prorrogação do Processo Seletivo nº 46/2023, e como será realizado o processo de contratação de professores se acaso não houver prorrogação.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/678/pedido_de_informacao_47_2023_coleta_de_lixo_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/678/pedido_de_informacao_47_2023_coleta_de_lixo_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 47/2023 de autoria da Senhora Vereadora Claudia Helena Ferreira Paganini que solicita ao Executivo Municipal informações sobre a coleta de lixo no bairros afastados.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/679/pedido_de_informacao_48_2023_poco_artesiano_jardim_paraiso_-_natalia_luiz_e_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/679/pedido_de_informacao_48_2023_poco_artesiano_jardim_paraiso_-_natalia_luiz_e_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 48/2023 de autoria dos Vereadores Claudia Helena Ferreira Paganini, Luizinho e Natália Fernanda Martins que solicita ao Executivo Municipal informações sobre a perfuração de poço artesiano no Bairro Jardim Paraíso.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/712/pedido_de_informacao_49_2023_educacao_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/712/pedido_de_informacao_49_2023_educacao_-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 49/2023 de autoria da Vereadora Natália Fernanda Martins que solicita ao Executivo Municipal detalhamento dos investimentos e gastos com a Educação Municipal no ano de 2023”.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/713/pedido_de_informacao_50_2023_reforma_e_manutencao_quadra_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/713/pedido_de_informacao_50_2023_reforma_e_manutencao_quadra_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 50/2023 de autoria do Vereador Luizinho que  que solicita ao Executivo Municipal informações sobre a reforma e manutenção do Ginásio de Esportes.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/714/pedido_de_informacao_51_2023_trienamento_guardas_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/714/pedido_de_informacao_51_2023_trienamento_guardas_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 51/2023 de autoria do Vereador Luizinho que  que solicita ao Executivo Municipal informações contratação de empresa especializada para treinamento dos novos guardas municipais.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/715/pedido_de_informacao_52_2023_unimed_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/715/pedido_de_informacao_52_2023_unimed_-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 52/2023 de autoria da Vereadora Natália Fernanda Martins que solicita ao Executivo Municipal informações a nova licitação realizada para contratação de plano de saúde.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/716/pedido_de_informacao_53_2023_rescisao_de_contrato_empresa_de_seguranca_-_natalia_e_luiz.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/716/pedido_de_informacao_53_2023_rescisao_de_contrato_empresa_de_seguranca_-_natalia_e_luiz.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 53/2023 de autoria da Vereadora Natália Fernanda Martins  que solicita ao Executivo Municipal informações sobre possível rescisão de contrato com empresa prestadora de serviços de vigilância.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/730/pedido_de_informacao_54_2023_falta_de_medicamentos_na_farmacia_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/730/pedido_de_informacao_54_2023_falta_de_medicamentos_na_farmacia_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 54/2023 de autoria do Vereador Luizinho que solicita ao Executivo Municipal informações sobre os medicamentos que estão em falta na Farmácia Municipal, por quais motivos estão em falta e quais as providências que estão sendo tomadas.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/731/pedido_de_informacao_55_2023_concurso_publico_01_2022_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/731/pedido_de_informacao_55_2023_concurso_publico_01_2022_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 55/2023 de autoria do Vereador Luizinho que solicita ao Executivo Municipal informações sobre os candidatos contratados por meio do Concurso Público nº 01/2022.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/739/pedido_de_informacao_56__2023_criancas_portadoras_de_necessidades_especiais__-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/739/pedido_de_informacao_56__2023_criancas_portadoras_de_necessidades_especiais__-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 56/2023 de autoria da Vereadora Natália Fernanda Martins, solicitando ao Executivo Municipal quais ações foram e são realizadas pela Prefeitura Municipal para o fortalecimento na educação das crianças portadoras de necessidades especiais.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/740/pedido_de_informacao_57_2023_utilizacao_das_maquinas_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/740/pedido_de_informacao_57_2023_utilizacao_das_maquinas_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 57/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini, solicitando ao Executivo Municipal informações sobre os serviços prestados pelo maquinário da Prefeitura Municipal a população.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/741/pedido_de_informacao_58_2023_utilizacao_onibus_-_claudia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/741/pedido_de_informacao_58_2023_utilizacao_onibus_-_claudia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 58/2023 de autoria da Vereadora Claudia Helena Ferreira Paganini, solicitando ao Executivo Municipal informações das fichas de controle de rodagem dos ônibus e micro-ônibus da Educação da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/748/pedido_de_informacao_59_2023_cacambas_de_lixo__-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/748/pedido_de_informacao_59_2023_cacambas_de_lixo__-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 59/2023 de autoria da Vereadora Natália Fernanda Martins, solicitando ao Executivo Municipal informações sobre a prestação do serviços de caçambas realizado pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/760/pedido_de_informacao_60_2023_cpfl__-luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/760/pedido_de_informacao_60_2023_cpfl__-luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 60/2023 de autoria do Vereador Luizinho, solicitando ao Executivo Municipal informações sobre a prestação de serviços da Companhia Paulista de Força e Luz - CPFL.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/773/pedido_de_informacao_61_2023_locacao_salao_de_festas__-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/773/pedido_de_informacao_61_2023_locacao_salao_de_festas__-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 61/2023 de autoria da Vereadora Natália Fernanda Martins, solicitando ao Executivo Municipal informações sobre a locação do Salão do Centro de Lazer do Trabalhador Salense e do Salão de Festas Municipal.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/774/pedido_de_informacao_62_2023_curso_motoristas_saude__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/774/pedido_de_informacao_62_2023_curso_motoristas_saude__-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 62/2023 de autoria dos Vereadores Claudia Helena Ferreira Paganini e Luizinho, solicitando ao Executivo Municipal informações sobre a realização de treinamento de primeiros socorros emergencial aos motoristas de ambulância do município.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/792/pedido_de_informacao_63_2023_ares-condicionados_nas_escolas-_natalia_e_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/792/pedido_de_informacao_63_2023_ares-condicionados_nas_escolas-_natalia_e_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 63/2023 de autoria dos Vereadores Luizinho e Natália Fernanda Martins, solicitando ao Executivo Municipal informações sobre aquisição de aparelhos de ar condicionado para as escolas da rede pública municipal.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/793/pedido_de_informacao_64_2023_anexacao_de_contratos__-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/793/pedido_de_informacao_64_2023_anexacao_de_contratos__-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 64/2023 de autoria do Vereador Luizinho, solicitando ao Executivo Municipal informações sobre os motivos de não anexação de alguns contratos e licitações no portal da Transparência da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/794/pedido_de_informacao_65_2023_emenda_impostiva_-_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/794/pedido_de_informacao_65_2023_emenda_impostiva_-_gabriel.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 65/2023 de autoria do Vereador Gabriel  Sinfrônio, solicitando ao Executivo Municipal informações sobre os motivos da não execução da Emenda Impositiva nº 03/2022.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/795/pedido_de_informacao_66_2023_-_cestas_basicas-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/795/pedido_de_informacao_66_2023_-_cestas_basicas-_natalia.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 66/2023 de autoria da Vereadora Natália Fernanda Martins, solicitando ao Executivo Municipal informações sobre o fornecimento de cestas básicas.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/806/pedido_de_informacao_67_2023_-__gratificacao_e_adicionais_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/806/pedido_de_informacao_67_2023_-__gratificacao_e_adicionais_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 67/2023 de autoria do Vereador Luizinho, solicitando ao Executivo Municipal informações sobre a nomeação e pagamento de adicionais e gratificações aos funcionários públicos municipais.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/807/pedido_de_informacao_68_2023_-__sindicancia_e_processo_disciplinar-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/807/pedido_de_informacao_68_2023_-__sindicancia_e_processo_disciplinar-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 68/2023 de autoria do Vereador Luizinho, solicitando ao Executivo Municipal informações as sindicâncias e processos disciplinares em andamento.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/813/pedido_de_informacao_69_2023_reforma_e_manutencao_quadra_-_luizinho_e_gabriel.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/813/pedido_de_informacao_69_2023_reforma_e_manutencao_quadra_-_luizinho_e_gabriel.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 69/2023 de autoria dos Vereadores Gabriel Sinfrônio e Luizinho, solicitando ao Executivo Municipal informações sobre a reforma do Ginásio de Esportes Durval Borsato.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/814/pedido_de_informacao_70_2023_gastos_com_iluminacao_de_natal_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/814/pedido_de_informacao_70_2023_gastos_com_iluminacao_de_natal_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 70/2023 de autoria do Vereador Luizinho, solicitando ao Executivo Municipal informações sobre a instalação da iluminação natalina e dos enfeites de natal na Praça Santa Rita e “Rua das Árvores”.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/815/pedido_de_informacao_71_2023_lotes_urbanizados_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/815/pedido_de_informacao_71_2023_lotes_urbanizados_-_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 71/2023 de autoria do Vereador Luizinho, solicitando ao Executivo Municipal sobre  aquisição dos lotes que serão destinados ao Programa Lotes Urbanizados.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/816/pedido_de_informacao_72_2023_velorio_municipal_-_natalia_claudia_gabriel_e_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/816/pedido_de_informacao_72_2023_velorio_municipal_-_natalia_claudia_gabriel_e_luizinho.docx</t>
   </si>
   <si>
     <t>Pedido de Informação nº 72/2023 de autoria dos Vereadores Claudia Helena Ferreira Paganini, Gabriel Sinfrônio, Luizinho e Natália Fernanda Martins, solicitando ao Executivo Municipal sobre a reforma realizada no velório municipal.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/574/reiteracao_do_pedido_de_informacao_07_2023_vazamento_de_esgoto_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/574/reiteracao_do_pedido_de_informacao_07_2023_vazamento_de_esgoto_-_luizinho.docx</t>
   </si>
   <si>
     <t>Reiteração do Pedido de Informação nº 07/2023 de autoria do Vereador Luizinho solicitando ao Executivo Municipal informações sobre vazamento de esgoto no córrego próximo ao lixão.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/600/reiteracao_pedido_de_informacao_12_2023_coleta_de_lixo_-_babinha.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/600/reiteracao_pedido_de_informacao_12_2023_coleta_de_lixo_-_babinha.docx</t>
   </si>
   <si>
     <t>Reiteração do Pedido de Informação nº 12/2023 de autoria do Vereador Alessandro de Sousa solicitando ao Executivo Municipal informações sobre descarte de lixo e chorume.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/616/mocao_01_2023_-_aplausos_-_luizinho.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/616/mocao_01_2023_-_aplausos_-_luizinho.docx</t>
   </si>
   <si>
     <t>Moção nº 01/2023 de Aplausos e congratulações  para o Sr. Claudinei Passaglia – “NEI” pelos relevantes serviços prestados ao Município de Sales Oliveira SP.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/711/mocao_05_2023_-_apoio_correios_-_natalia.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/711/mocao_05_2023_-_apoio_correios_-_natalia.docx</t>
   </si>
   <si>
     <t>Moção nº 05/2023 de autoria da Vereadora Natália Fernanda Martins que “de apoio à Empresa Brasileira de Correios e  Telégrafos para aprimorar a qualidade de seus serviços, garantir tarifas acessíveis, promover a ampliação das áreas de entregas e melhor estrutura de atendimento nos municípios, maximizar os resultados operacionais, comerciais e de atendimento, através de uma gestão técnico-profissional, abertura de concurso público e manutenção como empresa pública, objetivando atender de forma ampla, isonômica e irrestrita às necessidades da população”.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/498/projeto_de_emenda_a_lei_organica__01_2023_envio_de_leis.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/498/projeto_de_emenda_a_lei_organica__01_2023_envio_de_leis.docx</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica nº 01/2023 de autoria da Mesa Diretora que “ Inclui o § 9º ao Artigo 30, constante na Seção IV – do Processo Legislativo, Capitulo I, Título III – Dos Poderes”.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/691/projeto_de_emenda_a_lei_organica__02_2023_aumento_limite_emendas_impositivas.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/691/projeto_de_emenda_a_lei_organica__02_2023_aumento_limite_emendas_impositivas.docx</t>
   </si>
   <si>
     <t>“altera o limite previsto no Art. 80-A da Lei Orgânica do Município, que trata das Emendas Individuais que os Vereadores poderão fazer  ao Projeto de Lei Orçamentária”.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/801/projeto_de_emenda_a_lei_organica__03_2023__sessao_extraordinaria.docx</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/801/projeto_de_emenda_a_lei_organica__03_2023__sessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica nº 03/2023 de Autoria dos Vereadores da Câmara Municipal que “Dispõe sobre alteração do Inciso III do Artigo 17 da Lei Orgânica do Município de Sales Oliveira”.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/602/plc_01_-_regime_juridico.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/602/plc_01_-_regime_juridico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime Jurídico dos Servidores públicos do Município de Sales Oliveira e dá outras providências”.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/603/plc_02_-_plano_de_cargos_carreiras_e_remuneracoes_.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/603/plc_02_-_plano_de_cargos_carreiras_e_remuneracoes_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de Plano de Cargos, Carreiras e Remunerações  dos Servidores do Município  de Sales Oliveira, Estado de São Paulo e dá outras providências”.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/656/projeto_de_lei_complementar_no_03_2023_plano_de_cargos_alterado.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/656/projeto_de_lei_complementar_no_03_2023_plano_de_cargos_alterado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Reestruturação de Cargos e Remunerações dos Servidores Efetivos do Município de Sales Oliveira, Estado de São Paulo e dá outras providências.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/736/plc_04_-__ipsmo.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/736/plc_04_-__ipsmo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos da Lei Complementar nº 02 de 06 de novembro de 2003, que dispõe sobre a criação de Instituto de Previdência dos Servidores Municipais de Sales Oliveira como entidade autárquica, define sua estrutura administrativa e dá outras providências</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/758/plc_05_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/758/plc_05_2023.pdf</t>
   </si>
   <si>
     <t>“Insere o Art. 13-A na Lei Complementar nº 002/2003 no que especifica e  dá outras providências”.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>Veto a Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/772/veto_parcial_ao_projeto_de_lei_95_2023.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/772/veto_parcial_ao_projeto_de_lei_95_2023.pdf</t>
   </si>
   <si>
     <t>Oficio nº 248/2023 A DMA ptg do Executivo Municipal, Prefeito Fábio Godoy Graton, encaminhando  Veto parcial ao Projeto de Lei nº 95/2023, na parte da Emenda Modificativa nº 20/2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3760,68 +3760,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/492/pl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/493/pl_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/494/pl_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/495/pl_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/496/pl_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/497/pl_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_08_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_de_lei_09_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_10_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_11_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_13_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_14_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_16_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_172023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_projeto_de_lei_18_2023.-_reajuste_vereadores.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_projeto_de_lei_19_2023.-_reajuste_funcionarios.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/536/projeto_de_lei_20_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_21_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_22_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/558/projeto_de_lei_23_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/559/projeto_de_lei_24_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_projeto_de_lei_25_2023.-_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/561/projeto_de_lei_no_26_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_27_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/586/projeto_de_lei_28_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_no._029_2023_altera_lei_municipal_no._2.000-20_-_comtur.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/601/projeto_de_projeto_de_lei_30_2023.-_divulgacao_conselhos.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/611/projeto_de_lei_31_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/612/projeto_de_lei_32_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/613/projeto_de_lei_33_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_34_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_lei_35_2023_-_tea__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/624/projeto_de_lei_36_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_lei_37_2023_-_cordao_girassol__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/627/projeto_de_lei_39_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/628/projeto_de_lei_40_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/632/projeto_de_lei_41_2023_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/633/projeto_de_lei_42_2023_2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/634/projeto_de_lei_43_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/635/projeto_de_lei_44_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/636/projeto_de_lei_45_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_46_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/652/projeto_de_lei_48_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_de_lei_50_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/654/projeto_de_lei_51_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_de_lei_52_2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/666/projeto_de_lei_n_53_2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/671/projeto_de_lei_58_2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/672/projeto_de_lei_62_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/673/projeto_de_lei_63_2023_-_assistencia_aos_animais__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/674/projeto_de_lei_64_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/675/projeto_de_lei_65_2023_-_dia_de_folga_prevencao__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/685/projeto_de_lei_66_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/686/projeto_de_lei_67_2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/687/projeto_de_lei_68_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/688/projeto_de_projeto_de_lei_69_2023.-_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/689/projeto_de_lei_no_70_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/690/projeto_de_lei_71_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/698/projeto_de_lei_72_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/699/projeto_de_lei_73_2023_.-_receitas__-_gabriel.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/701/projeto_de_lei_75_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/702/projeto_de_lei_76_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/703/projeto_de_lei_77_2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/704/projeto_de_lei_78_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/705/projeto_de_lei_79_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/706/projeto_de_lei_80_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/707/projeto_de_lei_81_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/708/projeto_de_lei_82_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/709/projeto_de_lei_83_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/724/projeto_de_lei_84_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/725/projeto_de_lei_85_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/726/projeto_de_projeto_de_lei_86_2023.-_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/727/projeto_de_lei_87_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/737/projeto_de_lei_88_2023.-_dia_municipal_do_transito.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/738/projeto_de_lei_89_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/751/projeto_de_lei_90_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/752/projeto_de_lei_91_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/753/projeto_de_lei_92_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/754/projeto_de_lei_93_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/755/projeto_de_lei_94_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/756/projeto_de_lei_95_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/757/projeto_de_lei_96_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/765/projeto_de_lei_103_20223.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/766/projeto_de_lei_104_2023_loa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_de_lei_105_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/768/projeto_de_lei_106_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/769/projeto_de_lei_107_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/770/projeto_de_lei_108_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/771/projeto_de_lei_109_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/785/projeto_de_lei_110_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_de_lei_111_2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_lei_112_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_de_lei_113_2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_lei_115_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/803/projeto_de_lei_117_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_projeto_de_lei_118_2023.-_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/805/projeto_de_lei_119_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/810/projeto_de_lei_120_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/811/projeto_de_lei_121_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/812/projeto_de_lei_122_2023_2.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/819/projeto_de_lei_124_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/543/projeto_de_resolucao_01_2023.-_altera_regimento_interno__-_gabriel.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/710/projeto_de_resolucao_02_2023.-_altera_resolucao_que_fixa_subsidios_2021_2024.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/789/projeto_de_resolucao_03_2023.-_devolucao_de_patrimonio.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_de_resolucao_04_2023.-_altera_regimento_interno__-_gabriel.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/791/projeto_de_resolucao_05_2023.-_regulamenta_as_sessoes_eletronicas.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/588/projeto_de_decreto_legislativo_01__2023_contas_2023.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/728/projeto_de_decreto_legislativo_02__2023_fixa_o_numero_de_vereadores.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n_01_2023_-_iluminacao_entorno_da_quadra__klodomiro_klemp_-__thiago.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_n_02_2023_-_melhorias_na_areninha_jose_paulo_de_oliveira_-__thiago.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n_03_2023_-_manutencao_na_praca_adriao_terrra_-__thiago.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n_04_2023_-_liberacao_de_cooler_matines_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_n_05_2023__monitoramentoe_vigilancia__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_n_06_2023_reajuste_funcionalismo__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_n_07_2023_melhorias_escoamento__-_thiago.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n_08_2023_muro_da_emei-_claudia.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n_09_2023_reajuste_gratificacao_policiais__-_alan.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_n_10_2023_melhorias_jd._j.b.-__natalia.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_n_11_2023_melhorias_residencial_vida_nova-__natalia.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/532/indicacao_n_12_2023_implantar_a_corrida_de_rua_-_tiago.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/533/indicacao_n_13_2023_calcada_marginal_-_tiago.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_n_14_2023_limpeza_aurora_ii_-_tiago.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/546/indicacao_n_15_2023_torneio_de_baralho_-_alessandro.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_n_16_2023_mao_unica_rua-_gabriel.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/547/indicacao_n_17_2023_pintura_de_sinalizacoes_horizontais_e_colocacao_de_placas__-__tiago.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_n_18_2023_-_melhorias_na_areninha_jose_paulo_de_oliveira_-__thiago.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/549/indicacao_n_19_2023_estacionamento_de_45_graus_-_natalia.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/550/indicacao_n_20_2023_limpeza_avenida_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/551/indicacao_n_21_2023_aquisicao_mini_trator_rocador_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_n_22_2023_revitalizacao_da_praca_dos_expedicionarios_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/552/indicacao_n_23__2023_manutencao_estrada_rural__-_gabriel.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/554/indicacao_n_24__2023_caes_almoxarifado__-_gabriel.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/555/indicacao_n_25_2023__monitoramentoe_cemiterio_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/606/indicacao_n_26_2023_entrada_franca_festa_do_peao_-_alan.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/556/indicacao_n_27_2023_sinalizacao_e_estacionamento_creche_-_natalia.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/557/indicacao_n_28_2023_valetas_de_concreto_-_babinha.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_n_29__2023_disponibilizacao_de_cacamba_na_creche_-_natalia.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_n_30_corte_de_cabelo_criancas_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_n_31_alambrado_campo_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/578/indicacao_n_32_2023_troca_das_lampadas_queimadas_quadra_marincek_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_n_33_2023_bebedouro_ginasio_de_esportes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/580/indicacao_n_34_2023_cursos_para_os_professores_-_natalia.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/581/indicacao_n_35_2023__tapa_buraco__-_babinha.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_n_36_2023_remocao_de_arvore_na_capitao_-_natalia.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_n_37_2023_canteiros_rua_dr._reboucas_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_n_38_2023_repelente_para_gestantes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_n_39_2023_iluminacao_praca_das_mangueiras_-_babinha.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_n_40_2023_show_gospel_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_n_41_2023_melhoria_centro_de_saude_-_claudia.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_n_42_2023_guarda_municipal_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/596/indicacao_n_43_2023_bebedouro_pracas_-luizinho.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/597/indicacao_n_44_2023__iluminacao_pista_de_skate__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/598/indicacao_n_45_2023_lixeiras_praca_alimentacao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/599/indicacao_n_46_2023_plotagem_veiculos_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/605/indicacao_n_47_2023_restricao_alimentar_-_natalia.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/607/indicacao_n_48_2023_planejamento_limpeza_-_claudia.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/608/indicacao_n_49__2023_uniforme_professores_-_natalia.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/609/indicacao_n_50_2023__tapa_buraco__-_thiago.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/610/indicacao_n_51_2023_seguranca_nas_escolas__-_claudia.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/617/indicacao_n_53_2023_mau_cheiro_no_cemiterio_-_natalia.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/618/indicacao_n_54_2023_motocross_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/619/indicacao_n_55_2023_campeonato_de_som_automotivo_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/620/indicacao_n_56_2023_compra_de_cobertores_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/621/indicacao_n_57_2023_rua_j.f._sobrinho_-_natalia.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/622/indicacao_n_58_2023_onibus_para_as_igrejas-_luizinho.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/629/indicacao_n_59_2023_isencao_sepultamento_-_alan.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_n_60_2023_pntos_importantes__festa_do_peao_-_alessandro_claudia_gabriel_luiz_e_natalia.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_n_61_2023_bolsa_atleta_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/638/indicacao_n_62_2023_nomenclatura_-_alan_dra_thiago_e_tata.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_n_63_2023_poda_de_arvore_cemiterio_-_babinha.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/640/indicacao_n_64_2023_cameras_de_monitoramento_no_cemiterio_-_babinha.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/644/indicacao_n_65_2023_reforma_salao_de_festas_municipal-_luizinho.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/645/indicacao_n_66_2023_pintura_de_sinalizacoes_horizontais_salao_de_festas__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/646/indicacao_n_67__2023_uniformes_de_inverno__-__luizinho.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/647/indicacao_n_68_2023_revitalizacao_letreiro_ginasio_de_esportes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/648/indicacao_n_69_2023_valetas_de_concreto_-_natalia.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/649/indicacao_n_70_2023_limpeza_rua_luis_guimaraes-_claudia.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/650/indicacao_n_71_2023_-_melhorias_na_praca_da_areninha_jose_paulo_de_oliveira_-__claudia.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/651/indicacao_n_72_2023_lombada-_luizinho.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/658/indicacao_n_73_2023_cheque_livro-_alan.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_n_74_2023_lombada-_luizinho.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/661/indicacao_n_76_2023_iluminacao_pracas_-_luiz.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_n_77_2023_lombada-__alan.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_n_78_2023_lombada-__luizinho.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/664/indicacao_n_79_2023_infraestrutura_praca_jardim_boa_vista_-_natalia.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/665/indicacao_n_80_2023_manutencao_cemiterio_-luizinho.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/670/indicacao_n_81_2023_torneio_de_pipas-_luizinho.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/680/indicacao_n_82_2023_sinalizacao_creche_-_claudia.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/681/indicacao_n_83_2023_manutencao_quadras-_luizinho.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/682/indicacao_n_84_2023_distribuicao_de_projetos_esportivos-_luizinho.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/683/indicacao_n_85_2023_parceria_com_clinicas_veterinarias-_luizinho.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/684/indicacao_n_86_2023_folga_preventiva-_luizinho.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/692/indicacao_n_87_2023_iluminacao_praca_adriao_terra-_luizinho.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/693/indicacao_n_88_2023_molhagem_camppo_centro_de_lazer-_luizinho.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/717/indicacao_n_89_2023_iluminacao_capela_sao_jose_-_natalia.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/718/indicacao_n_90_2023___isencao_iptu-babinha.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/719/indicacao_n_91_2023_bueiro_luizinho.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/720/indicacao_n_92_2023_limpeza_da_quadra_do_jardim_marincek_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/721/indicacao_n_93_2023_sinalizacao_cruzamento-_luizinho.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/722/indicacao_n_94_2023_troca_de_areia_campinho_do_bairro_jardim_dos_ipes__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/723/indicacao_n_95_2023__tapa_buraco__-_claudia.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/732/indicacao_n_96_2023__transporte_diruno_de_estudantes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/733/indicacao_n_97_2023__cessao_do_parque_permanente_para_os_caminhoneiros_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/734/indicacao_n_98_2023__manutencao_na_estrada_rural_do_lageado-_natalia.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/735/indicacao_n_99_2023__comemoracao_dia_das_criancas_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/742/indicacao_n_100_2023__buracos_entulho_marincek-_luizinho.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/743/indicacao_n_101_2023_tapa_buraco_marincek-_luizinho.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/744/indicacao_n_102_2023_melhoria_cemiterio-_luizinho.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/745/indicacao_n_103_2023_limpeza_rua_capitao_cobra-_luizinho.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/746/indicacao_n_104_2023__melhorias_no_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/747/indicacao_n_105_2023_iluminacao_da_praca_da_academia_ao_ar_livre_-__luizinho.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/749/indicacao_n_106_2023_cmei_octacilio__-_natalia.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/750/indicacao_n_107_2023_inss__-_babinha.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/761/indicacao_n_108_2023__tapa_buraco_cidade_toda__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/762/indicacao_n_109_2023__poda_de_arvores_emei__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_n_110_2023_festa_da_palha-_luizinho.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/764/indicacao_n_111_2023__subvencao_social_salense_-_luizinho.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/775/indicacao_n_112_2023_manutencao_av._dom_pedro_-_natalia.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/776/indicacao_n_113_2023_abono_salarial_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/777/indicacao_n_114_2023_sala_de_espera_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/778/indicacao_n_115_2023_valetas_de_concreto_-_thiago.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/780/indicacao_n_117_2023__tapa_buraco__-_thiago.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/781/indicacao_n_118__2023__rocagem_e_limpeza_pracas_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/782/indicacao_n_119_2023_limpeza_jd_boa_vista_-_alan.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/783/indicacao_n_120_2023__tapa_buraco__-_claudia.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_n_121_2023__uniforme_funcionarios__-_claudia.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/796/indicacao_n_122_2023_cameras_de_video_monitoraneto_com_detecta-_luizinho.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/797/indicacao_n_123_2023_postinho_receita_federal.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/798/indicacao_n_124_2023_limpezados_bairros_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/799/indicacao_n_125_2023_sentido_duplo_voluntario_-_luizinho_e_gabriel.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/800/indicacao_n_126_2023_instalacao_de_bebedouros_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_n_127_2023_caravana_coca_cola_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_n_128_2023_rampas_de_acessibilidade_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/817/indicacao_n_129_2023_nomeacao_campo_de_bocha_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/530/emenda_01_2023_ao_projeto_de_lei_10_2022_altera_refis.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/694/emenda_03_2023_ao_projeto_de_lei_48_2023_altera__requisito_motoristas.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/695/emenda_04_2023_ao_projeto_de_lei_complementar_03_2023.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/696/emenda_05_2023_ao_projeto_de_lei_complementar_03_2023.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/697/emenda_06_2023_ao_projeto_de_lei_48_2023_altera__requisito_tecnicos_em_enfermagem.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/729/emenda_07_2023_ao_projeto_de_72_2023_supressiva_art_3.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/759/emenda_20_2023_ao_projeto_de_lei_95_2023__-_art14.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/499/pedido_de_informacao_01_2023_estagio_-_alessandro_e_natalia.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/500/pedido_de_informacao_02_2023_campinho_jardim_dos_ipes__-_alessandro.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/501/pedido_de_informacao_03_2022_distrito_industrial_-_alessandro.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/502/pedido_de_informacao_04_2022_pro_labore_policia_-_alessandro.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/503/pedido_de_informacao_05_2023_quadro_de_cargos_em_comissao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/504/pedido_de_informacao_06_2023_desvio_de_funcao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/505/pedido_de_informacao_07_2023_vazamento_de_esgoto_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/506/pedido_de_informacao_08_2023_midias_sociais_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/507/pedido_de_informacao_09_2023_aquisicao_de_uniformes_escolares_-_natalia.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/508/pedido_de_informacao_10_2023_fundeb_-_natalia.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/509/pedido_de_informacao_11_2023_cadastro_de_rotas_-_natalia.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/510/pedido_de_informacao_12_2023_coleta_de_lixo_-_babinha.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/511/pedido_de_informacao_13_2023_telhado_ginasio_de_esportes__-_luizinho_e_natalia.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/539/pedido_de_informacao_14_2023_fundeb___-__natalia.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/540/pedido_de_informacao_15_2023_piscinas___-_luizinho.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/541/pedido_de_informacao_16_2023_projeto_cemiterio___-_luizinho.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/542/pedido_de_informacao_17_2023_gastos_carnaval_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/563/pedido_de_informacao_18_2023_contratos_assessoria___-_alessandro.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/564/pedido_de_informacao_19_2023_situacao_das_obras_existentes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/565/pedido_de_informacao_20_2023_regularizacao_residencial_vida_nova_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/566/pedido_de_informacao_21_2023__transporte_tercerizado_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/567/pedido_de_informacao_22_2023_falta_de_agua_j.b.-_luizinho.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/568/pedido_de_informacao_23_2023_rua_armando_bispo_ramos-_luizinho.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/569/pedido_de_informacao_24_2023_deformidade-_babinha.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/570/pedido_de_informacao_25_2023_dengue_-_claudia.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/571/pedido_de_informacao_26_2023_informacao_manutencao_frota_saude_-__claudia.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/572/pedido_de_informacao_27_2023_transporte_pacientes_-_claudia.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/573/pedido_de_informacao_28_2023_furtos_a_predios_publicos___-_luizinho.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/589/pedido_de_informacao_29_2023_informacao_frota_muicipal_-__claudia.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/590/pedido_de_informacao_30_2023_informacao_gasto_onibus_-_babinha.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/591/pedido_de_informacao_31_2023_informacao_tampoes_de_ferro_-_claudia.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/592/pedido_de_informacao_32_2023_revisoes_veiculos_frota_municipal_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/604/pedido_de_informacao_33_2023_informacao_gasto_onibus_-_babinha.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/615/pedido_de_informacao_35_2023__velorio_municipal_-_claudia_natalia_e_luiz.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/637/pedido_de_informacao_36_2023_pavimentacao_da_avenida_dalcryr_-_claudia.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/642/pedido_de_informacao_37_2023__festa_do_peao.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/643/pedido_de_informacao_38_2023__pl_original_reforma_adm.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/657/pedido_de_informacao_39_2023__redutores_de_velocidade_-_babinha.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/667/pedido_de_informacao_42_2023__e-sus_-_claudia_e_natalia.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/668/pedido_de_informacao_43_2023__motos_da_guarda_municipal_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/669/pedido_de_informacao_44_2023__veiculo_gol_da_prefeitura_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/676/pedido_de_informacao_45_2023__emenda_recebida_esporte_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/677/pedido_de_informacao_46_2023_processo_seletivo_professor_-_natalia.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/678/pedido_de_informacao_47_2023_coleta_de_lixo_-_claudia.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/679/pedido_de_informacao_48_2023_poco_artesiano_jardim_paraiso_-_natalia_luiz_e_claudia.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/712/pedido_de_informacao_49_2023_educacao_-_natalia.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/713/pedido_de_informacao_50_2023_reforma_e_manutencao_quadra_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/714/pedido_de_informacao_51_2023_trienamento_guardas_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/715/pedido_de_informacao_52_2023_unimed_-_natalia.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/716/pedido_de_informacao_53_2023_rescisao_de_contrato_empresa_de_seguranca_-_natalia_e_luiz.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/730/pedido_de_informacao_54_2023_falta_de_medicamentos_na_farmacia_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/731/pedido_de_informacao_55_2023_concurso_publico_01_2022_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/739/pedido_de_informacao_56__2023_criancas_portadoras_de_necessidades_especiais__-_natalia.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/740/pedido_de_informacao_57_2023_utilizacao_das_maquinas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/741/pedido_de_informacao_58_2023_utilizacao_onibus_-_claudia.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/748/pedido_de_informacao_59_2023_cacambas_de_lixo__-_natalia.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/760/pedido_de_informacao_60_2023_cpfl__-luizinho.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/773/pedido_de_informacao_61_2023_locacao_salao_de_festas__-_natalia.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/774/pedido_de_informacao_62_2023_curso_motoristas_saude__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/792/pedido_de_informacao_63_2023_ares-condicionados_nas_escolas-_natalia_e_luizinho.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/793/pedido_de_informacao_64_2023_anexacao_de_contratos__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/794/pedido_de_informacao_65_2023_emenda_impostiva_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/795/pedido_de_informacao_66_2023_-_cestas_basicas-_natalia.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/806/pedido_de_informacao_67_2023_-__gratificacao_e_adicionais_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/807/pedido_de_informacao_68_2023_-__sindicancia_e_processo_disciplinar-_luizinho.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/813/pedido_de_informacao_69_2023_reforma_e_manutencao_quadra_-_luizinho_e_gabriel.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/814/pedido_de_informacao_70_2023_gastos_com_iluminacao_de_natal_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/815/pedido_de_informacao_71_2023_lotes_urbanizados_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/816/pedido_de_informacao_72_2023_velorio_municipal_-_natalia_claudia_gabriel_e_luizinho.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/574/reiteracao_do_pedido_de_informacao_07_2023_vazamento_de_esgoto_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/600/reiteracao_pedido_de_informacao_12_2023_coleta_de_lixo_-_babinha.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/616/mocao_01_2023_-_aplausos_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/711/mocao_05_2023_-_apoio_correios_-_natalia.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/498/projeto_de_emenda_a_lei_organica__01_2023_envio_de_leis.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/691/projeto_de_emenda_a_lei_organica__02_2023_aumento_limite_emendas_impositivas.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/801/projeto_de_emenda_a_lei_organica__03_2023__sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/602/plc_01_-_regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/603/plc_02_-_plano_de_cargos_carreiras_e_remuneracoes_.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/656/projeto_de_lei_complementar_no_03_2023_plano_de_cargos_alterado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/736/plc_04_-__ipsmo.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/758/plc_05_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/772/veto_parcial_ao_projeto_de_lei_95_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/492/pl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/493/pl_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/494/pl_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/495/pl_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/496/pl_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/497/pl_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/520/projeto_de_lei_08_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_de_lei_09_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_10_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_11_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_13_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_14_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_16_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_172023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_projeto_de_lei_18_2023.-_reajuste_vereadores.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_projeto_de_lei_19_2023.-_reajuste_funcionarios.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/536/projeto_de_lei_20_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/537/projeto_de_lei_21_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/538/projeto_de_lei_22_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/558/projeto_de_lei_23_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/559/projeto_de_lei_24_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/560/projeto_de_projeto_de_lei_25_2023.-_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/561/projeto_de_lei_no_26_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/562/projeto_de_lei_27_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/586/projeto_de_lei_28_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/587/projeto_de_lei_no._029_2023_altera_lei_municipal_no._2.000-20_-_comtur.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/601/projeto_de_projeto_de_lei_30_2023.-_divulgacao_conselhos.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/611/projeto_de_lei_31_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/612/projeto_de_lei_32_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/613/projeto_de_lei_33_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/614/projeto_de_lei_34_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/623/projeto_de_lei_35_2023_-_tea__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/624/projeto_de_lei_36_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/625/projeto_de_lei_37_2023_-_cordao_girassol__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/627/projeto_de_lei_39_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/628/projeto_de_lei_40_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/632/projeto_de_lei_41_2023_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/633/projeto_de_lei_42_2023_2.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/634/projeto_de_lei_43_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/635/projeto_de_lei_44_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/636/projeto_de_lei_45_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_46_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/652/projeto_de_lei_48_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_de_lei_50_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/654/projeto_de_lei_51_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_de_lei_52_2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/666/projeto_de_lei_n_53_2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/671/projeto_de_lei_58_2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/672/projeto_de_lei_62_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/673/projeto_de_lei_63_2023_-_assistencia_aos_animais__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/674/projeto_de_lei_64_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/675/projeto_de_lei_65_2023_-_dia_de_folga_prevencao__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/685/projeto_de_lei_66_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/686/projeto_de_lei_67_2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/687/projeto_de_lei_68_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/688/projeto_de_projeto_de_lei_69_2023.-_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/689/projeto_de_lei_no_70_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/690/projeto_de_lei_71_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/698/projeto_de_lei_72_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/699/projeto_de_lei_73_2023_.-_receitas__-_gabriel.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/701/projeto_de_lei_75_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/702/projeto_de_lei_76_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/703/projeto_de_lei_77_2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/704/projeto_de_lei_78_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/705/projeto_de_lei_79_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/706/projeto_de_lei_80_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/707/projeto_de_lei_81_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/708/projeto_de_lei_82_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/709/projeto_de_lei_83_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/724/projeto_de_lei_84_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/725/projeto_de_lei_85_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/726/projeto_de_projeto_de_lei_86_2023.-_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/727/projeto_de_lei_87_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/737/projeto_de_lei_88_2023.-_dia_municipal_do_transito.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/738/projeto_de_lei_89_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/751/projeto_de_lei_90_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/752/projeto_de_lei_91_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/753/projeto_de_lei_92_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/754/projeto_de_lei_93_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/755/projeto_de_lei_94_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/756/projeto_de_lei_95_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/757/projeto_de_lei_96_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/765/projeto_de_lei_103_20223.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/766/projeto_de_lei_104_2023_loa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_de_lei_105_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/768/projeto_de_lei_106_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/769/projeto_de_lei_107_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/770/projeto_de_lei_108_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/771/projeto_de_lei_109_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/785/projeto_de_lei_110_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_de_lei_111_2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_lei_112_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/788/projeto_de_lei_113_2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_lei_115_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/803/projeto_de_lei_117_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/804/projeto_de_projeto_de_lei_118_2023.-_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/805/projeto_de_lei_119_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/810/projeto_de_lei_120_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/811/projeto_de_lei_121_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/812/projeto_de_lei_122_2023_2.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/819/projeto_de_lei_124_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/543/projeto_de_resolucao_01_2023.-_altera_regimento_interno__-_gabriel.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/710/projeto_de_resolucao_02_2023.-_altera_resolucao_que_fixa_subsidios_2021_2024.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/789/projeto_de_resolucao_03_2023.-_devolucao_de_patrimonio.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/790/projeto_de_resolucao_04_2023.-_altera_regimento_interno__-_gabriel.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/791/projeto_de_resolucao_05_2023.-_regulamenta_as_sessoes_eletronicas.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/588/projeto_de_decreto_legislativo_01__2023_contas_2023.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/728/projeto_de_decreto_legislativo_02__2023_fixa_o_numero_de_vereadores.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n_01_2023_-_iluminacao_entorno_da_quadra__klodomiro_klemp_-__thiago.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_n_02_2023_-_melhorias_na_areninha_jose_paulo_de_oliveira_-__thiago.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n_03_2023_-_manutencao_na_praca_adriao_terrra_-__thiago.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n_04_2023_-_liberacao_de_cooler_matines_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/516/indicacao_n_05_2023__monitoramentoe_vigilancia__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/517/indicacao_n_06_2023_reajuste_funcionalismo__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/518/indicacao_n_07_2023_melhorias_escoamento__-_thiago.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n_08_2023_muro_da_emei-_claudia.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n_09_2023_reajuste_gratificacao_policiais__-_alan.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_n_10_2023_melhorias_jd._j.b.-__natalia.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/545/indicacao_n_11_2023_melhorias_residencial_vida_nova-__natalia.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/532/indicacao_n_12_2023_implantar_a_corrida_de_rua_-_tiago.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/533/indicacao_n_13_2023_calcada_marginal_-_tiago.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_n_14_2023_limpeza_aurora_ii_-_tiago.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/546/indicacao_n_15_2023_torneio_de_baralho_-_alessandro.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_n_16_2023_mao_unica_rua-_gabriel.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/547/indicacao_n_17_2023_pintura_de_sinalizacoes_horizontais_e_colocacao_de_placas__-__tiago.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/548/indicacao_n_18_2023_-_melhorias_na_areninha_jose_paulo_de_oliveira_-__thiago.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/549/indicacao_n_19_2023_estacionamento_de_45_graus_-_natalia.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/550/indicacao_n_20_2023_limpeza_avenida_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/551/indicacao_n_21_2023_aquisicao_mini_trator_rocador_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/553/indicacao_n_22_2023_revitalizacao_da_praca_dos_expedicionarios_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/552/indicacao_n_23__2023_manutencao_estrada_rural__-_gabriel.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/554/indicacao_n_24__2023_caes_almoxarifado__-_gabriel.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/555/indicacao_n_25_2023__monitoramentoe_cemiterio_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/606/indicacao_n_26_2023_entrada_franca_festa_do_peao_-_alan.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/556/indicacao_n_27_2023_sinalizacao_e_estacionamento_creche_-_natalia.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/557/indicacao_n_28_2023_valetas_de_concreto_-_babinha.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_n_29__2023_disponibilizacao_de_cacamba_na_creche_-_natalia.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_n_30_corte_de_cabelo_criancas_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_n_31_alambrado_campo_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/578/indicacao_n_32_2023_troca_das_lampadas_queimadas_quadra_marincek_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_n_33_2023_bebedouro_ginasio_de_esportes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/580/indicacao_n_34_2023_cursos_para_os_professores_-_natalia.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/581/indicacao_n_35_2023__tapa_buraco__-_babinha.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_n_36_2023_remocao_de_arvore_na_capitao_-_natalia.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_n_37_2023_canteiros_rua_dr._reboucas_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_n_38_2023_repelente_para_gestantes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_n_39_2023_iluminacao_praca_das_mangueiras_-_babinha.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_n_40_2023_show_gospel_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_n_41_2023_melhoria_centro_de_saude_-_claudia.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_n_42_2023_guarda_municipal_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/596/indicacao_n_43_2023_bebedouro_pracas_-luizinho.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/597/indicacao_n_44_2023__iluminacao_pista_de_skate__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/598/indicacao_n_45_2023_lixeiras_praca_alimentacao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/599/indicacao_n_46_2023_plotagem_veiculos_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/605/indicacao_n_47_2023_restricao_alimentar_-_natalia.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/607/indicacao_n_48_2023_planejamento_limpeza_-_claudia.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/608/indicacao_n_49__2023_uniforme_professores_-_natalia.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/609/indicacao_n_50_2023__tapa_buraco__-_thiago.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/610/indicacao_n_51_2023_seguranca_nas_escolas__-_claudia.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/617/indicacao_n_53_2023_mau_cheiro_no_cemiterio_-_natalia.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/618/indicacao_n_54_2023_motocross_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/619/indicacao_n_55_2023_campeonato_de_som_automotivo_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/620/indicacao_n_56_2023_compra_de_cobertores_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/621/indicacao_n_57_2023_rua_j.f._sobrinho_-_natalia.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/622/indicacao_n_58_2023_onibus_para_as_igrejas-_luizinho.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/629/indicacao_n_59_2023_isencao_sepultamento_-_alan.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_n_60_2023_pntos_importantes__festa_do_peao_-_alessandro_claudia_gabriel_luiz_e_natalia.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_n_61_2023_bolsa_atleta_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/638/indicacao_n_62_2023_nomenclatura_-_alan_dra_thiago_e_tata.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/639/indicacao_n_63_2023_poda_de_arvore_cemiterio_-_babinha.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/640/indicacao_n_64_2023_cameras_de_monitoramento_no_cemiterio_-_babinha.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/644/indicacao_n_65_2023_reforma_salao_de_festas_municipal-_luizinho.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/645/indicacao_n_66_2023_pintura_de_sinalizacoes_horizontais_salao_de_festas__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/646/indicacao_n_67__2023_uniformes_de_inverno__-__luizinho.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/647/indicacao_n_68_2023_revitalizacao_letreiro_ginasio_de_esportes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/648/indicacao_n_69_2023_valetas_de_concreto_-_natalia.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/649/indicacao_n_70_2023_limpeza_rua_luis_guimaraes-_claudia.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/650/indicacao_n_71_2023_-_melhorias_na_praca_da_areninha_jose_paulo_de_oliveira_-__claudia.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/651/indicacao_n_72_2023_lombada-_luizinho.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/658/indicacao_n_73_2023_cheque_livro-_alan.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/659/indicacao_n_74_2023_lombada-_luizinho.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/661/indicacao_n_76_2023_iluminacao_pracas_-_luiz.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_n_77_2023_lombada-__alan.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_n_78_2023_lombada-__luizinho.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/664/indicacao_n_79_2023_infraestrutura_praca_jardim_boa_vista_-_natalia.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/665/indicacao_n_80_2023_manutencao_cemiterio_-luizinho.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/670/indicacao_n_81_2023_torneio_de_pipas-_luizinho.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/680/indicacao_n_82_2023_sinalizacao_creche_-_claudia.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/681/indicacao_n_83_2023_manutencao_quadras-_luizinho.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/682/indicacao_n_84_2023_distribuicao_de_projetos_esportivos-_luizinho.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/683/indicacao_n_85_2023_parceria_com_clinicas_veterinarias-_luizinho.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/684/indicacao_n_86_2023_folga_preventiva-_luizinho.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/692/indicacao_n_87_2023_iluminacao_praca_adriao_terra-_luizinho.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/693/indicacao_n_88_2023_molhagem_camppo_centro_de_lazer-_luizinho.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/717/indicacao_n_89_2023_iluminacao_capela_sao_jose_-_natalia.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/718/indicacao_n_90_2023___isencao_iptu-babinha.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/719/indicacao_n_91_2023_bueiro_luizinho.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/720/indicacao_n_92_2023_limpeza_da_quadra_do_jardim_marincek_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/721/indicacao_n_93_2023_sinalizacao_cruzamento-_luizinho.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/722/indicacao_n_94_2023_troca_de_areia_campinho_do_bairro_jardim_dos_ipes__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/723/indicacao_n_95_2023__tapa_buraco__-_claudia.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/732/indicacao_n_96_2023__transporte_diruno_de_estudantes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/733/indicacao_n_97_2023__cessao_do_parque_permanente_para_os_caminhoneiros_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/734/indicacao_n_98_2023__manutencao_na_estrada_rural_do_lageado-_natalia.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/735/indicacao_n_99_2023__comemoracao_dia_das_criancas_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/742/indicacao_n_100_2023__buracos_entulho_marincek-_luizinho.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/743/indicacao_n_101_2023_tapa_buraco_marincek-_luizinho.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/744/indicacao_n_102_2023_melhoria_cemiterio-_luizinho.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/745/indicacao_n_103_2023_limpeza_rua_capitao_cobra-_luizinho.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/746/indicacao_n_104_2023__melhorias_no_centro_de_lazer_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/747/indicacao_n_105_2023_iluminacao_da_praca_da_academia_ao_ar_livre_-__luizinho.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/749/indicacao_n_106_2023_cmei_octacilio__-_natalia.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/750/indicacao_n_107_2023_inss__-_babinha.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/761/indicacao_n_108_2023__tapa_buraco_cidade_toda__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/762/indicacao_n_109_2023__poda_de_arvores_emei__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_n_110_2023_festa_da_palha-_luizinho.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/764/indicacao_n_111_2023__subvencao_social_salense_-_luizinho.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/775/indicacao_n_112_2023_manutencao_av._dom_pedro_-_natalia.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/776/indicacao_n_113_2023_abono_salarial_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/777/indicacao_n_114_2023_sala_de_espera_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/778/indicacao_n_115_2023_valetas_de_concreto_-_thiago.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/780/indicacao_n_117_2023__tapa_buraco__-_thiago.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/781/indicacao_n_118__2023__rocagem_e_limpeza_pracas_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/782/indicacao_n_119_2023_limpeza_jd_boa_vista_-_alan.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/783/indicacao_n_120_2023__tapa_buraco__-_claudia.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_n_121_2023__uniforme_funcionarios__-_claudia.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/796/indicacao_n_122_2023_cameras_de_video_monitoraneto_com_detecta-_luizinho.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/797/indicacao_n_123_2023_postinho_receita_federal.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/798/indicacao_n_124_2023_limpezados_bairros_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/799/indicacao_n_125_2023_sentido_duplo_voluntario_-_luizinho_e_gabriel.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/800/indicacao_n_126_2023_instalacao_de_bebedouros_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_n_127_2023_caravana_coca_cola_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_n_128_2023_rampas_de_acessibilidade_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/817/indicacao_n_129_2023_nomeacao_campo_de_bocha_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/530/emenda_01_2023_ao_projeto_de_lei_10_2022_altera_refis.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/694/emenda_03_2023_ao_projeto_de_lei_48_2023_altera__requisito_motoristas.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/695/emenda_04_2023_ao_projeto_de_lei_complementar_03_2023.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/696/emenda_05_2023_ao_projeto_de_lei_complementar_03_2023.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/697/emenda_06_2023_ao_projeto_de_lei_48_2023_altera__requisito_tecnicos_em_enfermagem.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/729/emenda_07_2023_ao_projeto_de_72_2023_supressiva_art_3.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/759/emenda_20_2023_ao_projeto_de_lei_95_2023__-_art14.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/499/pedido_de_informacao_01_2023_estagio_-_alessandro_e_natalia.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/500/pedido_de_informacao_02_2023_campinho_jardim_dos_ipes__-_alessandro.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/501/pedido_de_informacao_03_2022_distrito_industrial_-_alessandro.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/502/pedido_de_informacao_04_2022_pro_labore_policia_-_alessandro.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/503/pedido_de_informacao_05_2023_quadro_de_cargos_em_comissao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/504/pedido_de_informacao_06_2023_desvio_de_funcao_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/505/pedido_de_informacao_07_2023_vazamento_de_esgoto_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/506/pedido_de_informacao_08_2023_midias_sociais_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/507/pedido_de_informacao_09_2023_aquisicao_de_uniformes_escolares_-_natalia.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/508/pedido_de_informacao_10_2023_fundeb_-_natalia.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/509/pedido_de_informacao_11_2023_cadastro_de_rotas_-_natalia.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/510/pedido_de_informacao_12_2023_coleta_de_lixo_-_babinha.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/511/pedido_de_informacao_13_2023_telhado_ginasio_de_esportes__-_luizinho_e_natalia.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/539/pedido_de_informacao_14_2023_fundeb___-__natalia.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/540/pedido_de_informacao_15_2023_piscinas___-_luizinho.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/541/pedido_de_informacao_16_2023_projeto_cemiterio___-_luizinho.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/542/pedido_de_informacao_17_2023_gastos_carnaval_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/563/pedido_de_informacao_18_2023_contratos_assessoria___-_alessandro.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/564/pedido_de_informacao_19_2023_situacao_das_obras_existentes_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/565/pedido_de_informacao_20_2023_regularizacao_residencial_vida_nova_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/566/pedido_de_informacao_21_2023__transporte_tercerizado_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/567/pedido_de_informacao_22_2023_falta_de_agua_j.b.-_luizinho.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/568/pedido_de_informacao_23_2023_rua_armando_bispo_ramos-_luizinho.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/569/pedido_de_informacao_24_2023_deformidade-_babinha.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/570/pedido_de_informacao_25_2023_dengue_-_claudia.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/571/pedido_de_informacao_26_2023_informacao_manutencao_frota_saude_-__claudia.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/572/pedido_de_informacao_27_2023_transporte_pacientes_-_claudia.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/573/pedido_de_informacao_28_2023_furtos_a_predios_publicos___-_luizinho.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/589/pedido_de_informacao_29_2023_informacao_frota_muicipal_-__claudia.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/590/pedido_de_informacao_30_2023_informacao_gasto_onibus_-_babinha.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/591/pedido_de_informacao_31_2023_informacao_tampoes_de_ferro_-_claudia.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/592/pedido_de_informacao_32_2023_revisoes_veiculos_frota_municipal_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/604/pedido_de_informacao_33_2023_informacao_gasto_onibus_-_babinha.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/615/pedido_de_informacao_35_2023__velorio_municipal_-_claudia_natalia_e_luiz.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/637/pedido_de_informacao_36_2023_pavimentacao_da_avenida_dalcryr_-_claudia.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/642/pedido_de_informacao_37_2023__festa_do_peao.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/643/pedido_de_informacao_38_2023__pl_original_reforma_adm.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/657/pedido_de_informacao_39_2023__redutores_de_velocidade_-_babinha.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/667/pedido_de_informacao_42_2023__e-sus_-_claudia_e_natalia.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/668/pedido_de_informacao_43_2023__motos_da_guarda_municipal_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/669/pedido_de_informacao_44_2023__veiculo_gol_da_prefeitura_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/676/pedido_de_informacao_45_2023__emenda_recebida_esporte_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/677/pedido_de_informacao_46_2023_processo_seletivo_professor_-_natalia.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/678/pedido_de_informacao_47_2023_coleta_de_lixo_-_claudia.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/679/pedido_de_informacao_48_2023_poco_artesiano_jardim_paraiso_-_natalia_luiz_e_claudia.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/712/pedido_de_informacao_49_2023_educacao_-_natalia.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/713/pedido_de_informacao_50_2023_reforma_e_manutencao_quadra_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/714/pedido_de_informacao_51_2023_trienamento_guardas_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/715/pedido_de_informacao_52_2023_unimed_-_natalia.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/716/pedido_de_informacao_53_2023_rescisao_de_contrato_empresa_de_seguranca_-_natalia_e_luiz.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/730/pedido_de_informacao_54_2023_falta_de_medicamentos_na_farmacia_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/731/pedido_de_informacao_55_2023_concurso_publico_01_2022_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/739/pedido_de_informacao_56__2023_criancas_portadoras_de_necessidades_especiais__-_natalia.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/740/pedido_de_informacao_57_2023_utilizacao_das_maquinas_-_claudia.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/741/pedido_de_informacao_58_2023_utilizacao_onibus_-_claudia.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/748/pedido_de_informacao_59_2023_cacambas_de_lixo__-_natalia.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/760/pedido_de_informacao_60_2023_cpfl__-luizinho.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/773/pedido_de_informacao_61_2023_locacao_salao_de_festas__-_natalia.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/774/pedido_de_informacao_62_2023_curso_motoristas_saude__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/792/pedido_de_informacao_63_2023_ares-condicionados_nas_escolas-_natalia_e_luizinho.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/793/pedido_de_informacao_64_2023_anexacao_de_contratos__-_luizinho.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/794/pedido_de_informacao_65_2023_emenda_impostiva_-_gabriel.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/795/pedido_de_informacao_66_2023_-_cestas_basicas-_natalia.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/806/pedido_de_informacao_67_2023_-__gratificacao_e_adicionais_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/807/pedido_de_informacao_68_2023_-__sindicancia_e_processo_disciplinar-_luizinho.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/813/pedido_de_informacao_69_2023_reforma_e_manutencao_quadra_-_luizinho_e_gabriel.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/814/pedido_de_informacao_70_2023_gastos_com_iluminacao_de_natal_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/815/pedido_de_informacao_71_2023_lotes_urbanizados_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/816/pedido_de_informacao_72_2023_velorio_municipal_-_natalia_claudia_gabriel_e_luizinho.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/574/reiteracao_do_pedido_de_informacao_07_2023_vazamento_de_esgoto_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/600/reiteracao_pedido_de_informacao_12_2023_coleta_de_lixo_-_babinha.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/616/mocao_01_2023_-_aplausos_-_luizinho.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/711/mocao_05_2023_-_apoio_correios_-_natalia.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/498/projeto_de_emenda_a_lei_organica__01_2023_envio_de_leis.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/691/projeto_de_emenda_a_lei_organica__02_2023_aumento_limite_emendas_impositivas.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/801/projeto_de_emenda_a_lei_organica__03_2023__sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/602/plc_01_-_regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/603/plc_02_-_plano_de_cargos_carreiras_e_remuneracoes_.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/656/projeto_de_lei_complementar_no_03_2023_plano_de_cargos_alterado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/736/plc_04_-__ipsmo.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/758/plc_05_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2023/772/veto_parcial_ao_projeto_de_lei_95_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H329"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="171" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="170.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>