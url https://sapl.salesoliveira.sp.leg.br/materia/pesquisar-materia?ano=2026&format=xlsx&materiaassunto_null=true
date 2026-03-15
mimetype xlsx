--- v0 (2026-01-23)
+++ v1 (2026-03-15)
@@ -10,110 +10,572 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="174">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeitura Municipal - PM</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1399/projeto_de_lei_01_2026_subvencoes_entidades.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1399/projeto_de_lei_01_2026_subvencoes_entidades.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de subvenções sociais no Orçamento de 2026 e da outras providências”.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1400/projeto_de_lei_02_2026_reunioes_hibridas.pdf</t>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1400/projeto_de_lei_02_2026_reunioes_hibridas.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para adoção do modelo híbrido nas reuniões dos conselhos municipais existentes no Município de Sales Oliveira e dá outras providências".</t>
+  </si>
+  <si>
+    <t>1414</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1414/projeto_de_lei_03_2026__canil.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a formalização, regulamentação e funcionamento dos espaços destinados ao abrigo, manejo e bem-estar de cães no Município de Sales Oliveira e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1423</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1423/projeto_de_lei_04_2026_contratacao_de_professores_prazo_determinado.pdf</t>
+  </si>
+  <si>
+    <t>“Altera dispositivos da Lei Municipal nº 2.395/2024, conforme especifica e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1424</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1424/projeto_de_lei_05_2026_rejuste_funcionalismo.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a revisão geral anual dos vencimentos salariais dos servidores públicos municipais e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1425</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Câmara Municipal de Sales Oliveira - CMSO</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1425/projeto_de_projeto_de_lei_06_2026.-_reajuste_funcionarios.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre reajuste salarial aos funcionários públicos da Câmara Municipal e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1434</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1434/projeto_de_lei_07_2026_acordo_de_cooperacao_tecinica_tj_e_tcesp.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Município de Sales Oliveira a aderir o Acordo de Cooperação Técnica nº 76/2024, celebrado pelo Conselho Nacional de Justiça, Tribunal de Justiça do Estado de São Paulo, Procuradoria-Geral do Estado de São Paulo e Tribunal de Contas do Estado de São Paulo e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1435</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1435/projeto_de_lei_08_2026_consorcio_intermunicipal.pdf</t>
+  </si>
+  <si>
+    <t>“Ratifica o Aditivo de ratificação ao protocolo de intenções firmado entre os municípios signatário, para constituição do consórcio público denominado Consórcio Intermunicipal de Desenvolvimento Educacional e Socioeconômico – CIDES, datado de 12/12/2025, para ajustar a redação dos itens 12.5 e 12.5.1, e para retificar erro material referente ao CPF do Prefeito do Município de Batatais, nos termos da Lei Federal nº 11.107/2005 e do Decreto Federal nº 6.017/2007 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>1436</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1436/projeto_de_lei__09_2026_credito_especial_fundo_municipal_do_idoso.pdf</t>
+  </si>
+  <si>
+    <t>“Abre no orçamento vigente crédito adicional especial e dá outras providências”</t>
+  </si>
+  <si>
+    <t>1437</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1437/projeto_de_lei_10_2026_credito_especial_devolucao_de_saldo_residual_88mil_merenda_escolar.pdf</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>LUIZ ROBERTO SAIA</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1416/projeto_de__decreto_legislativo_01_2026_-_titulo_de_cidada_salense._docx.docx</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo nº 01/2026 de autoria do Vereador Luiz Roberto Saia que “Concede Título de Cidadão Salense a ilustre Dra. Marta Cristina Vasconcellos Dornellas”.</t>
+  </si>
+  <si>
+    <t>1438</t>
+  </si>
+  <si>
+    <t>Bloco MDB e PODEMOS</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1438/projeto_de__decreto_legislativo_03_2026_-_titulo_de_cidadao_benemerito_pastor_sidraque._docx.docx</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo nº 03/2026 de autoria dos Vereadores André Luiz Brazão, Luizinho, Marco Aurélio Balugoli e Michel Fabiano de Oliveira, que “Concede Titulo de Cidadão Salense ao Pastor Francisco Sidraque de Araujo e Silva”.</t>
+  </si>
+  <si>
+    <t>1401</t>
+  </si>
+  <si>
+    <t>Ind</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>FABIANO ESTEVAM DA SILVA</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1401/indicacao_n_01_2026__poda_de_arvores_area_verde_mogiana__-__fabiano.docx</t>
+  </si>
+  <si>
+    <t>Nº 01/2026 de autoria do Vereador Fabiano Estevam da Silva ao Executivo Municipal, solicitando a instalação de iluminação, a poda das árvores e limpeza das áreas verdes situadas junto a Avenida Mogiana nos Bairros Conj. Habitacional Romeu de Barros e Santa Rita.</t>
+  </si>
+  <si>
+    <t>1402</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Nº 02/2026 de autoria do Vereador Fabiano Estevam da Silva ao Executivo Municipal, solicitando a  limpeza e a colocação de uma nova tampa de concreto na boca de lobo localizada na área verde da rua Dr. Paulo Lima Correa, no bairro Residencial Monte Cristo.</t>
+  </si>
+  <si>
+    <t>1403</t>
+  </si>
+  <si>
+    <t>Alan Felipe dos Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1403/indicacao_n_03_2026_lc_226_2026_-_alan.docx</t>
+  </si>
+  <si>
+    <t>Nº 03/2026 de autoria do Vereador Alan Felipe dos Santos ao Executivo Municipal, solicitando a adoção das medidas administrativas e legislativas necessárias para garantir aos servidores públicos municipais o restabelecimento e o pagamento retroativo dos direitos funcionais suspensos durante o período da pandemia, em razão da LC nº 173/2020, nos termos autorizados pela Lei Complementar nº 226/2026.</t>
+  </si>
+  <si>
+    <t>1404</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1404/indicacao_n_04_2026__falta_abonada_-_garrincha.docx</t>
+  </si>
+  <si>
+    <t>Nº 04/2026 de autoria do Vereador Fabiano Estevam da Silva ao Executivo Municipal, solicitando a concessão de faltas abonadas  aos servidores públicos municipais.</t>
+  </si>
+  <si>
+    <t>1405</t>
+  </si>
+  <si>
+    <t>MARCO AURÉLIO BALUGOLI</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1405/indicacao_n_05_2026_poda_de_arvores_avenida_marginal_-_marco_aurelio.docx</t>
+  </si>
+  <si>
+    <t>Nº 05/2026 de autoria do Vereador marco Aurélio Balugoli ao Executivo Municipal, solicitando a poda  das árvores da área verde junto a Avenida Marginal, principalmente no trecho perpendicular à entrada da Fazenda Katispera.</t>
+  </si>
+  <si>
+    <t>1406</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1406/indicacao_n_06_2026_reajuste_salarial_-_andre_marco_michel_e_luiz.docx</t>
+  </si>
+  <si>
+    <t>Nº 06/2026 de autoria dos Vereadores André Luiz Brazão, Luizinho, Marco Aurélio Balugoli e Michel Fabiano de Oliveira ao Executivo Municipal, solicitando a  concessão de reajuste salarial e reajuste do auxilio alimentação do funcionalismo público municipal.</t>
+  </si>
+  <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1407/indicacao_n_07_2026_bancos_radiologia_-_marco_aurelio.docx</t>
+  </si>
+  <si>
+    <t>Nº 07/2026 de autoria do Vereador Marco Aurélio Balugoli ao Executivo Municipal, solicitando a instalação de bancos em frente o Setor de Radiologia da Sociedade Beneficente e Hospitalar Santa Rita.</t>
+  </si>
+  <si>
+    <t>1408</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1408/indicacao_n_08_2026_novo_setor_iptu_-_beto_saia.docx</t>
+  </si>
+  <si>
+    <t>Nº 08/2026 de autoria do Vereador Luiz Roberto Saia ao Executivo Municipal, solicitando a criação de novo setor na Planta genérica de IPTU do Município.</t>
+  </si>
+  <si>
+    <t>1409</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1409/indicacao_n_09_2026_desdobro_imoveis_-_marco.docx</t>
+  </si>
+  <si>
+    <t>Nº 09/2026 de autoria do Vereador Marco Aurélio Balugoli ao Executivo Municipal, solicitando o desdobro de imóveis do Bairro Jardim Alto Limpo.</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>FÁBIO HENRIQUE BORGES</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1410/indicacao_n_10_2026__operacao_tapa_buraco_jardim_boa_vista__-__fabio.docx</t>
+  </si>
+  <si>
+    <t>Nº 10/2026 de autoria do Vereador Fábio Henrique Borges ao Executivo Municipal, solicitando a operação tapa-buraco no cruzamento da Rua Altinho Bragueto com a Rua Professora Nady Sanchez Artuzo, no bairro Jardim Boa Vista.</t>
+  </si>
+  <si>
+    <t>1411</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1411/indicacao_n_11_2026_isencao_de_iptu_-_marco.docx</t>
+  </si>
+  <si>
+    <t>Nº 11/2026 de autoria do Vereador Marco Aurélio Balugoli ao Executivo Municipal, solicitando a concessão de isenção de IPTU as famílias que possuem pacientes com neoplasia maligna (câncer) e ou  insuficiência renal crônica.</t>
+  </si>
+  <si>
+    <t>1412</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1412/indicacao_n_12_2026_pavimento_av._dom_pedro_ii_-_fabio.docx</t>
+  </si>
+  <si>
+    <t>Nº 12/2026 de autoria do Vereador Fabio Henrique Borges ao Executivo Municipal, solicitando a manutenção de trecho da avenida Dom Pedro II no Bairro Jardim Boa Vista.</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1413/indicacao_n_13_2026_colocacao_de_uma_nova_grade_no_bueiro_-_fabio.docx</t>
+  </si>
+  <si>
+    <t>Nº 13/2026 de autoria do Vereador Fabio Henrique Borges ao Executivo Municipal, solicitando a colocação de uma nova grade na boca de lobo existente na Avenida Dom Pedro II, no Bairro Jardim Boa Vista, assim como a limpeza e manutenção do bueiro.</t>
+  </si>
+  <si>
+    <t>1420</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Bloco Republicanos e PL</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1420/indicacao_n_14_2026_piso_professores.docx</t>
+  </si>
+  <si>
+    <t>Nº 14/2026 de autoria de todos os Vereadores ao Executivo Municipal, solicitando à adequação da legislação municipal à Lei Federal nº 15.326/2026, para fins de enquadramento dos profissionais da Educação Infantil na Carreira do Magistério Público Municipal.</t>
+  </si>
+  <si>
+    <t>1426</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1426/indicacao_n_15_2025__insalubridade_agentes_comunitarias_-_fabiano.docx</t>
+  </si>
+  <si>
+    <t>Nº 15/2026 de autoria do Vereador Fabiano Estevam da Silva ao Executivo Municipal, solicitando que seja mantido o direito ao adicional de insalubridade para os Agentes Comunitários de Saúde (ACS), devido as condições que são expostos no exercício de suas atividades, pelas razões a seguir</t>
+  </si>
+  <si>
+    <t>1427</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1427/indicacao_n_16_2025__regulamentacao_da_portaria_3493_do_ministerio_da_saude__-_fabiano.docx</t>
+  </si>
+  <si>
+    <t>Nº 16/2026 de autoria do Vereador Fabiano Estevam da Silva ao Executivo Municipal, solicitando que seja regulamentado, no município de Sales Oliveira – SP, a nova metodologia de cofinanciamento do piso de Atenção Primária à Saúde - APS, no âmbito do Sistema Único de Saúde (SUS), autorizando o pagamento de incentivo por desempenho na atenção primária à saúde, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>1428</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1428/indicacao_n_13_2026_colocacao_de_uma_nova_grade_no_bueiro_-_fabio.docx</t>
+  </si>
+  <si>
+    <t>Nº 17/2026 de autoria do Vereador Luiz Roberto Saia ao Executivo Municipal, solicitando a compra de equipamentos para o lavador do Almoxarifado Municipal.</t>
+  </si>
+  <si>
+    <t>1429</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1429/indicacao_n_18_2026__operacao_tapa_buraco_rua_riachuelo_-__fabiano.docx</t>
+  </si>
+  <si>
+    <t>Nº 18/2026 de autoria do Vereador Fabiano Estevam da Silva ao Executivo Municipal, solicitando a realização a operação tapa-buraco na altura do número 211 da Rua Riachuelo no bairro Centro.</t>
+  </si>
+  <si>
+    <t>1430</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1430/indicacao_n_19_2025__operacao_tapa-buraco_na_rua_jose_vilela_nunes_sobrinho_e_capitao_leopoldo_dos_santos_-_marco.docx</t>
+  </si>
+  <si>
+    <t>Nº 19/2026 de autoria do Vereador Marco Aurélio Balugoli ao Executivo Municipal, solicitando a realização da operação ‘tapa-buraco’ na rua José Vilela Nunes Sobrinho, no cruzamento com as ruas Presidente Vargas e João Tizziotti, no Centro, assim como da rua Capitão Leopoldo dos Santos, que corta os bairros Campo da Formiga, Centro e Jardim Paraíso.</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1431/indicacao_n_20_2026__construcao_de_canaleta_na_rua_alceu_pereira_lima_-_marco.docx</t>
+  </si>
+  <si>
+    <t>Nº 20/2026 de autoria do Vereador Marco Aurélio Balugoli ao Executivo Municipal, solicitando a instalação de canaleta de concreto no cruzamento da Rua Alceu Pereira lima com a Emigdeo Pimenta de Pádua, jardim alto limpo, nas proximidades do número 186, para auxiliar no escoamento da água pluvial.</t>
+  </si>
+  <si>
+    <t>1439</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>MICHEL FABIANO DE OLIVEIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1439/indicacao_n_21_2026__poda_de_arvores_da_praca_faustino_pereira_-_michel.docx</t>
+  </si>
+  <si>
+    <t>Nº 21/2026 de autoria do Vereador Michel Fabiano de Oliveira ao Executivo Municipal, solicitando  a limpeza e a poda das árvores da praça Faustino Pereira, no bairro Jardim Alto Limpo, assim como a instalação de um braço de luz localizado em frente a ela.</t>
+  </si>
+  <si>
+    <t>1440</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1440/indicacao_n_22_2026__melhoria_na_estacao_de_tratamento_de_esgoto_do_loteamento_mario_piloto_-_michel.docx</t>
+  </si>
+  <si>
+    <t>Nº 22/2026 de autoria do Vereador Michel Fabiano de Oliveira ao Executivo Municipal, solicitando  a realização de estudo prévio visando otimizar as operações da Estação Elevatória de Esgoto (EEE) do loteamento Mario Piloto, e a troca ou reparação de uma tampa quebrada.</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>PI</t>
+  </si>
+  <si>
+    <t>Pedido de Informação</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1417/pedido_de_informacao_01_2026__recadatramento_de_imoveis_-__marco.docx</t>
+  </si>
+  <si>
+    <t>Pedido de Informação nº 01/2026 de autoria do Vereador Marco Aurélio Balugoli que “Requer Informações acerca do recadastramento imobiliário, via drone/georreferenciamento realizado no Município”.</t>
+  </si>
+  <si>
+    <t>1418</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1418/pedido_de_informacao_02_2026__ocupacao_distrito_industrial_-__fabiano.docx</t>
+  </si>
+  <si>
+    <t>Pedido de Informação nº 02/2026 de autoria do Vereador Fabiano Estevam da Silva que “Requer Informações acerca da atual ocupação do Distrito Industrial”.</t>
+  </si>
+  <si>
+    <t>1419</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1419/pedido_de_informacao_03_2026__gastos_iluminacao_natalina__-_alan_beto_fabio_fabiano_e_thiago.docx</t>
+  </si>
+  <si>
+    <t>Pedido de Informação nº 03/2026 de autoria dos Vereadores Alan Felipe dos Santos, Fabiano Estevam da Silva,  Luiz Roberto Saia e Thiago Alberto Camilo de Oliveira que “Requer informações a respeito dos gastos com a instalação de iluminação natalina da Praça Santa Rita e ‘Rua das Árvores’.</t>
+  </si>
+  <si>
+    <t>1422</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1422/mocao_01_2026_-repudio_vandalismo_contra_santa_rita_-_michel.docx</t>
+  </si>
+  <si>
+    <t>Moção nº 01/2026 de autoria do Vereador Michel Fabiano de Oliveira de “Repúdio contra o ato de vandalismo praticado na imagem de Santa Rita de Cassia, localizada na Praça na Santa Rita, ocorrido no dia 26 de janeiro.”</t>
+  </si>
+  <si>
+    <t>1432</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1432/mocao_02_2025_-_aplausos_marincek_fc_-_marco.docx</t>
+  </si>
+  <si>
+    <t>Moção nº 02/2026 de autoria dos Vereadores André Luiz Brazão, Luizinho,  Marco Aurélio Balugoli e Michel Fabiano de Oliveira, de “Aplausos ao Time do Marincek F.C. pela conquista da Tríplice Coroa no Futsal de Sales Oliveira/SP em 2025.”</t>
+  </si>
+  <si>
+    <t>1433</t>
+  </si>
+  <si>
+    <t>http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1433/mocao_03_2025_-_aplausos_bloco_dos_bispos_-_fabio.docx</t>
+  </si>
+  <si>
+    <t>Moção nº 03/2026 de autoria do Vereador Fábio Henrique Borges de “Aplausos aos organizadores do tradicional “Bloco dos Bispos”, realizado em nosso município.</t>
+  </si>
+  <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>“Institui o Programa Municipal de Recuperação Fiscal de Sales Oliveira 2026 (REFIS 2026) do Município de Sales Oliveira e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -417,68 +879,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1399/projeto_de_lei_01_2026_subvencoes_entidades.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1400/projeto_de_lei_02_2026_reunioes_hibridas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1399/projeto_de_lei_01_2026_subvencoes_entidades.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1400/projeto_de_lei_02_2026_reunioes_hibridas.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1414/projeto_de_lei_03_2026__canil.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1423/projeto_de_lei_04_2026_contratacao_de_professores_prazo_determinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1424/projeto_de_lei_05_2026_rejuste_funcionalismo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1425/projeto_de_projeto_de_lei_06_2026.-_reajuste_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1434/projeto_de_lei_07_2026_acordo_de_cooperacao_tecinica_tj_e_tcesp.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1435/projeto_de_lei_08_2026_consorcio_intermunicipal.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1436/projeto_de_lei__09_2026_credito_especial_fundo_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1437/projeto_de_lei_10_2026_credito_especial_devolucao_de_saldo_residual_88mil_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1416/projeto_de__decreto_legislativo_01_2026_-_titulo_de_cidada_salense._docx.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1438/projeto_de__decreto_legislativo_03_2026_-_titulo_de_cidadao_benemerito_pastor_sidraque._docx.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1401/indicacao_n_01_2026__poda_de_arvores_area_verde_mogiana__-__fabiano.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1403/indicacao_n_03_2026_lc_226_2026_-_alan.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1404/indicacao_n_04_2026__falta_abonada_-_garrincha.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1405/indicacao_n_05_2026_poda_de_arvores_avenida_marginal_-_marco_aurelio.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1406/indicacao_n_06_2026_reajuste_salarial_-_andre_marco_michel_e_luiz.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1407/indicacao_n_07_2026_bancos_radiologia_-_marco_aurelio.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1408/indicacao_n_08_2026_novo_setor_iptu_-_beto_saia.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1409/indicacao_n_09_2026_desdobro_imoveis_-_marco.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1410/indicacao_n_10_2026__operacao_tapa_buraco_jardim_boa_vista__-__fabio.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1411/indicacao_n_11_2026_isencao_de_iptu_-_marco.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1412/indicacao_n_12_2026_pavimento_av._dom_pedro_ii_-_fabio.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1413/indicacao_n_13_2026_colocacao_de_uma_nova_grade_no_bueiro_-_fabio.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1420/indicacao_n_14_2026_piso_professores.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1426/indicacao_n_15_2025__insalubridade_agentes_comunitarias_-_fabiano.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1427/indicacao_n_16_2025__regulamentacao_da_portaria_3493_do_ministerio_da_saude__-_fabiano.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1428/indicacao_n_13_2026_colocacao_de_uma_nova_grade_no_bueiro_-_fabio.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1429/indicacao_n_18_2026__operacao_tapa_buraco_rua_riachuelo_-__fabiano.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1430/indicacao_n_19_2025__operacao_tapa-buraco_na_rua_jose_vilela_nunes_sobrinho_e_capitao_leopoldo_dos_santos_-_marco.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1431/indicacao_n_20_2026__construcao_de_canaleta_na_rua_alceu_pereira_lima_-_marco.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1439/indicacao_n_21_2026__poda_de_arvores_da_praca_faustino_pereira_-_michel.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1440/indicacao_n_22_2026__melhoria_na_estacao_de_tratamento_de_esgoto_do_loteamento_mario_piloto_-_michel.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1417/pedido_de_informacao_01_2026__recadatramento_de_imoveis_-__marco.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1418/pedido_de_informacao_02_2026__ocupacao_distrito_industrial_-__fabiano.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1419/pedido_de_informacao_03_2026__gastos_iluminacao_natalina__-_alan_beto_fabio_fabiano_e_thiago.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1422/mocao_01_2026_-repudio_vandalismo_contra_santa_rita_-_michel.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1432/mocao_02_2025_-_aplausos_marincek_fc_-_marco.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/sapl/public/materialegislativa/2026/1433/mocao_03_2025_-_aplausos_bloco_dos_bispos_-_fabio.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.salesoliveira.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="150.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="38.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="190.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -515,54 +977,1107 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
+        <v>59</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E14" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" t="s">
+        <v>63</v>
+      </c>
+      <c r="E15" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" t="s">
+        <v>72</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H16" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" t="s">
+        <v>64</v>
+      </c>
+      <c r="F17" t="s">
+        <v>65</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" t="s">
+        <v>64</v>
+      </c>
+      <c r="F18" t="s">
+        <v>79</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" t="s">
+        <v>63</v>
+      </c>
+      <c r="E19" t="s">
+        <v>64</v>
+      </c>
+      <c r="F19" t="s">
+        <v>59</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" t="s">
+        <v>64</v>
+      </c>
+      <c r="F20" t="s">
+        <v>79</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" t="s">
+        <v>64</v>
+      </c>
+      <c r="F21" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" t="s">
+        <v>63</v>
+      </c>
+      <c r="E22" t="s">
+        <v>64</v>
+      </c>
+      <c r="F22" t="s">
+        <v>79</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>50</v>
+      </c>
+      <c r="D23" t="s">
+        <v>63</v>
+      </c>
+      <c r="E23" t="s">
+        <v>64</v>
+      </c>
+      <c r="F23" t="s">
+        <v>95</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H23" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24" t="s">
+        <v>64</v>
+      </c>
+      <c r="F24" t="s">
+        <v>79</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H24" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" t="s">
+        <v>64</v>
+      </c>
+      <c r="F25" t="s">
+        <v>95</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H25" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" t="s">
+        <v>63</v>
+      </c>
+      <c r="E26" t="s">
+        <v>64</v>
+      </c>
+      <c r="F26" t="s">
+        <v>95</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H26" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" t="s">
+        <v>64</v>
+      </c>
+      <c r="F27" t="s">
+        <v>112</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H27" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" t="s">
+        <v>63</v>
+      </c>
+      <c r="E28" t="s">
+        <v>64</v>
+      </c>
+      <c r="F28" t="s">
+        <v>65</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H28" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>119</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>120</v>
+      </c>
+      <c r="D29" t="s">
+        <v>63</v>
+      </c>
+      <c r="E29" t="s">
+        <v>64</v>
+      </c>
+      <c r="F29" t="s">
+        <v>65</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H29" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>123</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>124</v>
+      </c>
+      <c r="D30" t="s">
+        <v>63</v>
+      </c>
+      <c r="E30" t="s">
+        <v>64</v>
+      </c>
+      <c r="F30" t="s">
+        <v>55</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H30" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>128</v>
+      </c>
+      <c r="D31" t="s">
+        <v>63</v>
+      </c>
+      <c r="E31" t="s">
+        <v>64</v>
+      </c>
+      <c r="F31" t="s">
+        <v>65</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H31" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>132</v>
+      </c>
+      <c r="D32" t="s">
+        <v>63</v>
+      </c>
+      <c r="E32" t="s">
+        <v>64</v>
+      </c>
+      <c r="F32" t="s">
+        <v>79</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H32" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>135</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>136</v>
+      </c>
+      <c r="D33" t="s">
+        <v>63</v>
+      </c>
+      <c r="E33" t="s">
+        <v>64</v>
+      </c>
+      <c r="F33" t="s">
+        <v>79</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H33" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>140</v>
+      </c>
+      <c r="D34" t="s">
+        <v>63</v>
+      </c>
+      <c r="E34" t="s">
+        <v>64</v>
+      </c>
+      <c r="F34" t="s">
+        <v>141</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H34" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" t="s">
+        <v>63</v>
+      </c>
+      <c r="E35" t="s">
+        <v>64</v>
+      </c>
+      <c r="F35" t="s">
+        <v>141</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H35" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>148</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>149</v>
+      </c>
+      <c r="E36" t="s">
+        <v>150</v>
+      </c>
+      <c r="F36" t="s">
+        <v>79</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H36" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>153</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" t="s">
+        <v>149</v>
+      </c>
+      <c r="E37" t="s">
+        <v>150</v>
+      </c>
+      <c r="F37" t="s">
+        <v>65</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H37" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>21</v>
+      </c>
+      <c r="D38" t="s">
+        <v>149</v>
+      </c>
+      <c r="E38" t="s">
+        <v>150</v>
+      </c>
+      <c r="F38" t="s">
+        <v>112</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H38" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>159</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>160</v>
+      </c>
+      <c r="E39" t="s">
+        <v>161</v>
+      </c>
+      <c r="F39" t="s">
+        <v>141</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H39" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>164</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" t="s">
+        <v>160</v>
+      </c>
+      <c r="E40" t="s">
+        <v>161</v>
+      </c>
+      <c r="F40" t="s">
+        <v>59</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H40" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>167</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>21</v>
+      </c>
+      <c r="D41" t="s">
+        <v>160</v>
+      </c>
+      <c r="E41" t="s">
+        <v>161</v>
+      </c>
+      <c r="F41" t="s">
+        <v>95</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H41" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>170</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>171</v>
+      </c>
+      <c r="E42" t="s">
+        <v>172</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H42" t="s">
+        <v>173</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>